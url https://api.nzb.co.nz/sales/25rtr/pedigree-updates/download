--- v0 (2025-11-11)
+++ v1 (2025-12-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="764">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="770">
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Update</t>
   </si>
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Captivant</t>
   </si>
   <si>
     <t>Name of the Rose</t>
   </si>
   <si>
     <t>Closely related to  Snazzy Snitzel (2019.g. by Snitzel-Nocturnelle, by Elusive Quality-Dama de Noche). 1st Rockhampton JC Centre State Signs H.Closely related to  Captain Eagle (2020.g. by Per Incanto-Nasaayim, by Redoute's Choice-Nocturnelle). 1st GCTC (Beaudesert) Officiating Maiden H.Closely related to  Loren (2020.f. by Almanzor-Actressa, by Denman-Seduced). 1st Oamaru JC MacKenzie Services Maiden S.Closely related to  Romantic Bubble (2021.g. by Epaulette-Actressa, by Denman-Seduced). 1st GCTC Let Us Impressu Print Group Maiden P.Half-Brother to  Lichfield Angel (2021.f. by Written Tycoon-Name of the Rose, by Testa Rossa-Dama de Noche). 2nd Innisfail TC Todd's Transport Maiden P.</t>
   </si>
   <si>
     <t>Tarzino</t>
   </si>
   <si>
@@ -347,51 +347,51 @@
   <si>
     <t>Pressure</t>
   </si>
   <si>
     <t>Out of a sibling to  Hard Too Impress (2020.g. by All Too Hard-Presslist, by Librettist-Kaaptive Empress). 1st Narromine TC USMC H.</t>
   </si>
   <si>
     <t>King of Comedy</t>
   </si>
   <si>
     <t>Press Week</t>
   </si>
   <si>
     <t>Pretty</t>
   </si>
   <si>
     <t>Closely related to  Basquiat - Pacific Warrior (Sing.) (2019.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 3rd Selangor Gold Cup LClosely related to  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 4th Auckland TR Livamol Classic Gr.1Closely related to  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 4th Auckland TR Balmerino S. Gr.3Half-Brother to  Bunker Hut (2019.g. by Savabeel-Pretty, by Pins-Escada). 1st BRC (Doomben) UandU Recruitment H.Half-Brother to  Bunker Hut (2019.g. by Savabeel-Pretty, by Pins-Escada). 3rd ATC (Rosehill) Petaluma H.Closely related to  Street Artist (2022.g. by Super Seth-Pink Graffiti, by Ocean Park-Escada). 1st MRC (Mornington) Melbourne's Christmas Wonderland Maiden P.Closely related to  Street Artist (2022.g. by Super Seth-Pink Graffiti, by Ocean Park-Escada). 1st Bendigo JC Mazda H.Closely related to  Arctic Ocean (2021.f. by Ocean Park-On Parade, by Pins-Oh So Glam). 1st South Canterbury RC Jon Snow and Echoes of Heaven H.</t>
   </si>
   <si>
     <t>Ace High</t>
   </si>
   <si>
     <t>Prickley Princess</t>
   </si>
   <si>
-    <t>Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 1st Taranaki RC Makita H.Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 2nd Matamata RC Russell and Yvonne Green H.Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 2nd Taranaki RC Kiwi Butcher H.Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 3rd Rotorua RC Staphanos ClassicOut of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 1st Waikato TR Craigs Investment SprintOut of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 1st BOP RC Chook and Lisa H.Closely related to  Ginger and Tonic (2021.f. by Gingerbread Man-Moderation, by Mastercraftsman-Bak da Princess). 1st Northam RC UAA Maiden P.</t>
+    <t>Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 1st Taranaki RC Makita H.Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 2nd Taranaki RC Kiwi Butcher H.Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 2nd Matamata RC Russell and Yvonne Green H.Half-Brother to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 3rd Rotorua RC Staphanos ClassicOut of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 1st Waikato TR Craigs Investment SprintOut of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 1st BOP RC Chook and Lisa H.Closely related to  Ginger and Tonic (2021.f. by Gingerbread Man-Moderation, by Mastercraftsman-Bak da Princess). 1st Northam RC UAA Maiden P.</t>
   </si>
   <si>
     <t>St Mark's Basilica</t>
   </si>
   <si>
     <t>Pride Rock</t>
   </si>
   <si>
     <t>Closely related to  Marchogion (2022.c. by Mehmas-Raincall, by Pivotal-Lone Rock). 1st Chester Harrison H.Closely related to  Chicory (2023.f. by Ardad-Raincall, by Pivotal-Lone Rock). 1st Newbury Irish Thoroughbred Marketing 2YO Maiden S.</t>
   </si>
   <si>
     <t>Fierce Impact</t>
   </si>
   <si>
     <t>Princess is Ready</t>
   </si>
   <si>
     <t>Closely related to  Akashvani (2021.g. by Alpine Eagle-Roses in the Glen, by Hussonet-Zeroza). 1st HKJC Flying H.Closely related to  Vulcanus (2020.g. by Lean Mean Machine-Fair Choice, by Redoute's Choice-Fairessa). 1st HKJC Shek Uk Shan H.Closely related to  Mr Lincoln (2018.g. by Americain-Fair Choice, by Redoute's Choice-Fairessa). 1st Ballarat TC Ciaron Maher Racing Maiden HurdleClosely related to  Mr Lincoln (2018.g. by Americain-Fair Choice, by Redoute's Choice-Fairessa). 1st Mount Gambier RC Paint Plus H.</t>
   </si>
   <si>
     <t>Prosperity</t>
   </si>
   <si>
     <t>Closely related to  PRIDE OF JENNI (2017.f. by Pride of Dubai-Sancerre, by O'Reilly-Vouvray). 1st VRC (Flemington) Empire Rose S. Gr.1Closely related to  PRIDE OF JENNI (2017.f. by Pride of Dubai-Sancerre, by O'Reilly-Vouvray). 1st MVRC (Moonee Valley) John F Feehan S. Gr.2Closely related to  Physical Graffiti (2020.g. by Russian Revolution-Dazed and Confused, by Showcasing-Real Success). 1st Darwin TC Become a Member H.Closely related to  Chamierro (2021.g. by Pierro-Champ Elect, by Choisir-Champalou). 1st Ipswich TC (Ipswich) Barrier Reef Pools H.Closely related to  Chamierro (2021.g. by Pierro-Champ Elect, by Choisir-Champalou). 1st BRC (Eagle Farm) UandU Recruitment H.Closely related to  Chamierro (2021.g. by Pierro-Champ Elect, by Choisir-Champalou). 1st BRC (Eagle Farm) Sky Racing H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 3rd Townsville TC JPM Tiling and Waterproofing P.</t>
   </si>
@@ -476,161 +476,167 @@
   <si>
     <t>Half-Brother to  Marquisard (2018.g. by Vadamos-Realta, by Red Giant-Betwixt). 3rd Southside Racing Duffy and Simon Lawyers Maiden P.</t>
   </si>
   <si>
     <t>Regalia</t>
   </si>
   <si>
     <t>Closely related to  RUN HARRY RUN (2020.g. by Written Tycoon-Maybe Markle, by Denman-Queenie). 1st Ararat TC Bowl H.Closely related to  Vovo (2021.f. by Vancouver-Maybe Markle, by Denman-Queenie). 1st SCTC (Sunshine Coast) Bellagrove Estate Maiden P.Closely related to  Confederate Lady (2021.f. by Supido-Rebel Miss, by Krupt-Marju Rani). 1st Port Macquarie RC Melbourne Cup at Port City Bowling Club H.</t>
   </si>
   <si>
     <t>War Decree</t>
   </si>
   <si>
     <t>Rita Hayworth</t>
   </si>
   <si>
     <t>Out of a sibling to  Retourne (2020.g. by Shamexpress-Rita Moreno, by King's Chapel-Westside Story). 1st Balaklava RC Event and Party Hire H.</t>
   </si>
   <si>
     <t>Blue Point</t>
   </si>
   <si>
     <t>Riverina Red</t>
   </si>
   <si>
-    <t>From the same family as  GOLDEN PEGASUS (2019.g. by Star Turn-Component, by High Chaparral-Mutate). 1st Selangor TC Sports Toto Supreme Challenge Cup LFrom the same family as  GOLDEN PEGASUS (2019.g. by Star Turn-Component, by High Chaparral-Mutate). 1st Selangor TC Reunion Joy S.Half-Sister to  Super Snitch (2018.g. by Star Witness-Riverina Red, by Testa Rossa-Riverina). 1st Warrnambool RC Sheetmetal H.Half-Sister to  Super Snitch (2018.g. by Star Witness-Riverina Red, by Testa Rossa-Riverina). 1st Ararat TC AME Systems H.Half-Sister to  Carmine (2021.g. by Vancouver-Riverina Red, by Testa Rossa-Riverina). 2nd Tuncurry Forster JC Choices Flooring Maiden P.Half-Sister to  Carmine (2021.g. by Vancouver-Riverina Red, by Testa Rossa-Riverina). 3rd Port Macquarie RC Golden Bachelor Maiden P.</t>
+    <t>From the same family as  GOLDEN PEGASUS (2019.g. by Star Turn-Component, by High Chaparral-Mutate). 1st Selangor TC Sports Toto Supreme Challenge Cup LFrom the same family as  GOLDEN PEGASUS (2019.g. by Star Turn-Component, by High Chaparral-Mutate). 1st Selangor TC Reunion Joy S.Half-Sister to  Super Snitch (2018.g. by Star Witness-Riverina Red, by Testa Rossa-Riverina). 1st Warrnambool RC Sheetmetal H.Half-Sister to  Super Snitch (2018.g. by Star Witness-Riverina Red, by Testa Rossa-Riverina). 1st Ararat TC AME Systems H.Closely related to  Oxidize (2021.f. by American Pharoah-Bubbles'n'troubles, by Hinchinbrook-Riverina). 1st TTC Ladbrokes Maiden P.Half-Sister to  Carmine (2021.g. by Vancouver-Riverina Red, by Testa Rossa-Riverina). 2nd Tuncurry Forster JC Choices Flooring Maiden P.Half-Sister to  Carmine (2021.g. by Vancouver-Riverina Red, by Testa Rossa-Riverina). 3rd Port Macquarie RC Golden Bachelor Maiden P.</t>
   </si>
   <si>
     <t>Robusto</t>
   </si>
   <si>
     <t>From the same family as  ANTIPODEAN (2020.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 1st Selangor TC Ready to Run ChampionshipFrom the same family as  ANTIPODEAN (2020.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 1st Selangor TC Trinity CupFrom the same family as  ANTIPODEAN (2020.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 2nd Selangor TC Sports Toto Supreme Challenge Cup LFrom the same family as  ANTIPODEAN (2020.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 4th Selangor Gold Cup L</t>
   </si>
   <si>
     <t>Roses All the Way</t>
   </si>
   <si>
     <t>Closely related to  Imaginate (2022.c. by Written Tycoon-Time is Precious, by Snitzel-Rose of Sharon). 1st Southside Racing Betavet Maiden P.</t>
   </si>
   <si>
     <t>Royal Welcome</t>
   </si>
   <si>
     <t>From the same family as  La Atrayente (2022.f. by Monje Negro-Cautivante, by Cagney-Captiva). 1st Maroñas Premio Metereta</t>
   </si>
   <si>
     <t>Frankel</t>
   </si>
   <si>
     <t>Russian Camilla</t>
   </si>
   <si>
     <t>From the same family as  CHECKANDCHALLENGE (2019.g. by Fast Company-Likeable, by Dalakhani-Balalaika). 3rd Haydock Superior Mile Gr.3</t>
   </si>
   <si>
     <t>Saffron Lady</t>
   </si>
   <si>
     <t>Half-Brother to  Ark Kay (2020.g. by Sacred Falls-Saffron Lady, by Iffraaj-Colourfast). 1st Te Aroha JC Geoff Brindley Maiden S.Half-Brother to  Savvy Donna (2022.f. by Savabeel-Saffron Lady, by Iffraaj-Colourfast). 2nd Matamata RC Fairview Maiden S.Half-Brother to  Savvy Donna (2022.f. by Savabeel-Saffron Lady, by Iffraaj-Colourfast). 4th Auckland TR Soliloquy S. Gr.2</t>
   </si>
   <si>
     <t>Sansa Stark</t>
   </si>
   <si>
     <t>Closely related to  Flaming Genesis (2021.c. by The Autumn Sun-Orinda, by O'Reilly-Zahra). 1st Clarence River JC Graftontickets.com.au Maiden P.</t>
   </si>
   <si>
     <t>Stay Inside</t>
   </si>
   <si>
     <t>Santuzza</t>
   </si>
   <si>
     <t>Closely related to  Tsukino (2019.f. by Star Witness-Tukiyo, by Haradasun-Star of Gibraltar). 1st Ipswich TC (Ipswich) Tempus Two H.Closely related to  Tsukino (2019.f. by Star Witness-Tukiyo, by Haradasun-Star of Gibraltar). 1st SCTC (Sunshine Coast) Catanach's Jewellers H.</t>
   </si>
   <si>
+    <t>Written By</t>
+  </si>
+  <si>
+    <t>Savelle</t>
+  </si>
+  <si>
+    <t>From the same family as  ARCHAIC SMILE (2021.f. by Saxon Warrior-On the Ball, by So You Think-Sarvon). 4th CJC TAB Mile Gr.3</t>
+  </si>
+  <si>
     <t>Grunt</t>
   </si>
   <si>
     <t>Savvy Move</t>
   </si>
   <si>
     <t>Half-Brother to  Siva Tau (2022.g. by Tagaloa-Savvy Move, by Savabeel-Ametsis). 3rd MRC (Mornington) Big Screen Company Maiden P.Half-Brother to  Siva Tau (2022.g. by Tagaloa-Savvy Move, by Savabeel-Ametsis). 3rd Geelong RC Ladbrokes Maiden P.</t>
   </si>
   <si>
     <t>Reliable Man</t>
   </si>
   <si>
     <t>Scottish</t>
   </si>
   <si>
     <t>Closely related to  Summerston (2020.f. by Reliable Man-Glasgow, by Testa Rossa-Tartan Tights). 1st Auckland TR Kingmakers Syndication H.Closely related to  Perfect Delight (2020.c. by American Pharoah-Nevis, by Danehill-Tartan Tights). 1st Metro Manila TC Solaire Trophy RaceClosely related to  Perfect Delight (2020.c. by American Pharoah-Nevis, by Danehill-Tartan Tights). 1st Metro Manila TC Equine International Airfreight S.Closely related to  Super Thunder (2021.g. by Reliable Man-Glasgow, by Testa Rossa-Tartan Tights). 1st Seoul Class 4Closely related to  Super Thunder (2021.g. by Reliable Man-Glasgow, by Testa Rossa-Tartan Tights). 1st Seoul Class 3Closely related to  Dukedom (2021.g. by Snitzel-Duchess of Lennox, by Reliable Man-Dunbarton). 1st SCTC (Sunshine Coast) Elm Development Collective Maiden H.Half-Brother to  Flying Astern (2020.g. by Astern-Scottish, by Testa Rossa-Tartan Tights). 2nd Jundah ARC Champion Contracting Maiden P.Half-Brother to  Flying Astern (2020.g. by Astern-Scottish, by Testa Rossa-Tartan Tights). 3rd Longreach JC Ballard Haulage Maiden P.</t>
   </si>
   <si>
     <t>Secret Lily</t>
   </si>
   <si>
-    <t>Closely related to  Boomtown Boy (2019.g. by Caravaggio-Wildflower, by Keeper-Zygadene). 3rd Marton JC Metric Mile Gr.3Closely related to  Sunset Boulevard (2020.g. by Eminent-North of Sunset, by Red Ransom-Zygadene). 1st CJC Road Metals H.Closely related to  Sunset Boulevard (2020.g. by Eminent-North of Sunset, by Red Ransom-Zygadene). 1st Otaki Maori RC Tyre Repairs H.Closely related to  Rasputina (2019.f. by Russian Revolution-Zasorceress, by Zabeel-Star Jasmine). 1st Mildura RC Mildura Motor Holdings H.Closely related to  Regal Surge (2021.g. by Darci Brahma-Flourishing, by Makfi-Lafleur). 1st Warrnambool RC Nevcon Structural Steel Maiden P.</t>
+    <t>Closely related to  Boomtown Boy (2019.g. by Caravaggio-Wildflower, by Keeper-Zygadene). 3rd Marton JC Metric Mile Gr.3Closely related to  Sunset Boulevard (2020.g. by Eminent-North of Sunset, by Red Ransom-Zygadene). 1st CJC Wuhan Jockey Club H.Closely related to  Sunset Boulevard (2020.g. by Eminent-North of Sunset, by Red Ransom-Zygadene). 1st CJC Road Metals H.Closely related to  Sunset Boulevard (2020.g. by Eminent-North of Sunset, by Red Ransom-Zygadene). 1st Otaki Maori RC Tyre Repairs H.Closely related to  Rasputina (2019.f. by Russian Revolution-Zasorceress, by Zabeel-Star Jasmine). 1st Mildura RC Mildura Motor Holdings H.Closely related to  Regal Surge (2021.g. by Darci Brahma-Flourishing, by Makfi-Lafleur). 1st Warrnambool RC Nevcon Structural Steel Maiden P.</t>
   </si>
   <si>
     <t>I Am Invincible</t>
   </si>
   <si>
     <t>See Me Exceed</t>
   </si>
   <si>
     <t>Half-Brother to  Balastier (2021.g. by Brazen Beau-See Me Exceed, by Sebring-Mrs Kipling). 1st MVRC (Moonee Valley) MSC Signs H.Half-Brother to  Balastier (2021.g. by Brazen Beau-See Me Exceed, by Sebring-Mrs Kipling). 1st Seymour RC Tahbilk Wines H.Half-Brother to  Balastier (2021.g. by Brazen Beau-See Me Exceed, by Sebring-Mrs Kipling). 1st Bendigo JC Roll the Dice Racing H.Closely related to  British Poet (2020.g. by Iffraaj-The Kipling Girl, by High Chaparral-Mrs Kipling). 1st Seymour RC Beer Auto Group H.</t>
   </si>
   <si>
     <t>Shamexpress</t>
   </si>
   <si>
     <t>Sensibility</t>
   </si>
   <si>
     <t>Half-Brother to  Pequot (2021.g. by Vanbrugh-Sensibility, by Savabeel-Frivolous). 1st CJC Gold Club H.Half-Brother to  Pequot (2021.g. by Vanbrugh-Sensibility, by Savabeel-Frivolous). 3rd Ashburton RC Rainer Irrigation H.</t>
   </si>
   <si>
     <t>Redwood</t>
   </si>
   <si>
     <t>Set for Joy</t>
   </si>
   <si>
     <t>Closely related to  WITHIN THE LAW (2022.f. by Lucky Vega-Contract Signed, by Dundeel-So Much Joy). 2nd ATC (Randwick) Flight S. Gr.1Closely related to  WITHIN THE LAW (2022.f. by Lucky Vega-Contract Signed, by Dundeel-So Much Joy). 2nd ATC (Randwick) Silver Shadow S. Gr.2From the same family as  CHAIKA (2020.f. by Marcavelly-Queen Regent, by Medaglia d'Oro-Wild Queen). 3rd Ankara Karadeniz LClosely related to  Super Strong Kid (2021.g. by Brutal-Cappamore, by Teofilo-So Much Joy). 1st HKJC Lin Fa Shan H.</t>
   </si>
   <si>
     <t>Sharnee Rose</t>
   </si>
   <si>
     <t>Closely related to  Midnight Drifter (2018.g. by All Too Hard-Kala's Belle, by Zizou-Mokaraba). 1st Clarence River JC Tabulam Cup October P.Half-Brother to  Rosa Aotearoa (2021.g. by Dundeel-Sharnee Rose, by Nadeem-Farasha). 1st MRC (Mornington) Raymond Family Maiden P.Half-Brother to  Rosa Aotearoa (2021.g. by Dundeel-Sharnee Rose, by Nadeem-Farasha). 2nd Sale TC Ladbrokes Maiden P.Half-Brother to  Exceed the Wish (2020.g. by Maurice-Sharnee Rose, by Nadeem-Farasha). 2nd HKJC Li Yuen H.</t>
   </si>
   <si>
-    <t>Written By</t>
-[...1 lines deleted...]
-  <si>
     <t>Sheeznodoubt</t>
   </si>
   <si>
     <t>Closely related to  Zoufani (2021.f. by Zousain-Hollaback Girl, by Your Song-Sheeznodoubt). 3rd Ipswich TC (Ipswich) Ray White H.Closely related to  Zoufani (2021.f. by Zousain-Hollaback Girl, by Your Song-Sheeznodoubt). 3rd BRC (Doomben) Spring Carnival Sale P.Closely related to  Moroccan Wind (2022.g. by Tassort-Queen Cora, by Rothesay-Regal County). 1st SCTC (Sunshine Coast) Beerwah Golf Club Maiden H.</t>
   </si>
   <si>
     <t>Shezdelicious</t>
   </si>
   <si>
     <t>Out of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. L</t>
   </si>
   <si>
     <t>Doubtland</t>
   </si>
   <si>
     <t>Show Us Your Tatts</t>
   </si>
   <si>
     <t>Closely related to  Lovelycut (2021.f. by Ilovethiscity-Handcut, by Danerich-Pentiara). 1st Seymour RC National Thoroughbreds Week H.Half-Brother to  Lucky Diamond (2021.g. by Starspangledbanner-Show Us Your Tatts, by Written Tycoon-Pentiara). 3rd Sale TC Ladbrokes Maiden P.</t>
   </si>
   <si>
     <t>Shrill</t>
   </si>
   <si>
     <t>Closely related to  El Pequenio (2022.g. by Recoletos-Next Life, by Oasis Dream-Silkwood). 1st Deauville Prix Le ParisienClosely related to  Canena (2023.f. by Ulysses-Next Life, by Oasis Dream-Silkwood). 1st Le Touquet Prix Restaurant Fils A PapaClosely related to  Foudir (2022.g. by El Kabeir-Silk Lace, by Shamardal-Silkwood). 1st Saint Jean de Monts Prix de l'Ile d'Yeu</t>
@@ -677,63 +683,72 @@
   <si>
     <t>Soltina</t>
   </si>
   <si>
     <t>Half-Sister to  Pieces of Eight (2021.f. by Ten Sovereigns-Soltina, by O'Reilly-Cappie). 3rd Taupo RC Chris Jolly Outdoors Maiden S.</t>
   </si>
   <si>
     <t>Rubick</t>
   </si>
   <si>
     <t>Sophia Babe</t>
   </si>
   <si>
     <t>Half-Brother to  Vancouver Storm (2020.g. by Vancouver-Sophia Babe, by Iglesia-Heightened). 2nd Northam RC Working With Warriors H.</t>
   </si>
   <si>
     <t>Home Affairs</t>
   </si>
   <si>
     <t>Sopraffina</t>
   </si>
   <si>
     <t>From the same family as  TOMODACHI (2020.f. by Tarzino-Quintessentially, by High Chaparral-Uberalles). 3rd Auckland TR Proisir P. Gr.1</t>
   </si>
   <si>
+    <t>Ardrossan</t>
+  </si>
+  <si>
+    <t>So Splendid</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Wolfess (2021.f. by Tivaci-So Splendid, by Savabeel-Splendid). 1st MRC Stow Storage Solutions H.</t>
+  </si>
+  <si>
     <t>So Tempted</t>
   </si>
   <si>
     <t>Closely related to  Mizella (2021.f. by Too Darn Hot-Intrigue, by Deep Field-Hard to Resist). 1st Auckland TR Horizon by Skycity H.Closely related to  Mizella (2021.f. by Too Darn Hot-Intrigue, by Deep Field-Hard to Resist). 1st Newcastle JC Buildcert Provincial H.Closely related to  Bargino (2020.g. by Manhattan Rain-Star Temptress, by Hussonet-Lolita Star). 1st Albury RC Dux Maiden P.Half-Brother to  So Rebellious (2022.c. by Rebel Dane-So Tempted, by Jeune-Hutt Star). 3rd Shoalhaven City TC Antax Steel Constructions Maiden P.</t>
   </si>
   <si>
     <t>El Roca</t>
   </si>
   <si>
     <t>Southern Romance</t>
   </si>
   <si>
-    <t>Half-Brother to  Brazen Affair (2021.f. by Brazen Beau-Southern Romance, by Medaglia d'Oro-Tennessee Love). 1st Waikato TR TCL Earthworks H.Half-Brother to  Brazen Affair (2021.f. by Brazen Beau-Southern Romance, by Medaglia d'Oro-Tennessee Love). 1st Waikato TR Cambridge Equine Hospital H.Out of a sibling to  Librero (2021.f. by El Roca-Tennessee Love, by General Nediym-Tennessee Midnight). 1st Egmont RC Anna Danielson H.Closely related to  St Kilda (2021.f. by Redwood-Courageousness, by Medaglia d'Oro-Tennessee Love). 1st Auckland TR Dunstan Maiden S.</t>
+    <t>Half-Brother to  Brazen Affair (2021.f. by Brazen Beau-Southern Romance, by Medaglia d'Oro-Tennessee Love). 1st Waikato TR Cambridge Equine Hospital H.Half-Brother to  Brazen Affair (2021.f. by Brazen Beau-Southern Romance, by Medaglia d'Oro-Tennessee Love). 1st Waikato TR TCL Earthworks H.Out of a sibling to  Librero (2021.f. by El Roca-Tennessee Love, by General Nediym-Tennessee Midnight). 1st Egmont RC Anna Danielson H.Closely related to  St Kilda (2021.f. by Redwood-Courageousness, by Medaglia d'Oro-Tennessee Love). 1st Auckland TR Dunstan Maiden S.</t>
   </si>
   <si>
     <t>Sovereign Diamond</t>
   </si>
   <si>
     <t>From the same family as  STONECOAT (2019.g. by Pierro-Princess Mia, by Fastnet Rock-Princess Coup). 1st Canberra RC Turners Building Supplies H.From the same family as  I'm Ya Huckleberry (2023.c. by Home Affairs-Key, by Exceed and Excel-Vanilla Princess). 2nd ATC (Randwick) Breeders' P. Gr.3Closely related to  Benevac (2022.g. by Bivouac-Houston Benefactor, by Encosta de Lago-Sovereign Duchess). 1st ATC (Canterbury) Drinkwise Maiden P.Closely related to  Startide (2019.f. by Star Turn-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st Murray Bridge RC Carlton Draught H.Closely related to  Startide (2019.f. by Star Turn-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st SAJC (Morphettville) Equipped Group Australia H.Half-Brother to  Orange River (2021.f. by Vancouver-Sovereign Diamond, by All Too Hard-Sovereign Duchess). 2nd Taupo RC Inglis Ready2race Sale H.</t>
   </si>
   <si>
     <t>Earthlight</t>
   </si>
   <si>
     <t>Sozzled</t>
   </si>
   <si>
     <t>Out of a sibling to  Parkrun (2021.g. by Ocean Park-Legless, by O'Reilly-Danex). 1st Hamilton RC Kinvonvie Maiden P.</t>
   </si>
   <si>
     <t>Sparkle and Shine</t>
   </si>
   <si>
     <t>Half-Brother to  Shiny New Deel (2020.g. by Dundeel-Sparkle and Shine, by Exceed and Excel-Sweetest Melody). 1st MRC (Sandown) Sportsbet H.Half-Brother to  Shiny New Deel (2020.g. by Dundeel-Sparkle and Shine, by Exceed and Excel-Sweetest Melody). 3rd MRC (Sandown) Sportsbet H.</t>
   </si>
   <si>
     <t>Spectacular</t>
   </si>
@@ -779,129 +794,126 @@
   <si>
     <t>Toronado</t>
   </si>
   <si>
     <t>Star Syrah</t>
   </si>
   <si>
     <t>From the same family as  PRIDE OF JENNI (2017.f. by Pride of Dubai-Sancerre, by O'Reilly-Vouvray). 1st VRC (Flemington) Empire Rose S. Gr.1From the same family as  PRIDE OF JENNI (2017.f. by Pride of Dubai-Sancerre, by O'Reilly-Vouvray). 1st MVRC (Moonee Valley) John F Feehan S. Gr.2From the same family as  Physical Graffiti (2020.g. by Russian Revolution-Dazed and Confused, by Showcasing-Real Success). 1st Darwin TC Become a Member H.Half-Brother to  Star Prediction (2021.g. by Nostradamus-Star Syrah, by Zoustar-Syrah). 2nd Port Macquarie RC Raiders H.</t>
   </si>
   <si>
     <t>Palace Pier</t>
   </si>
   <si>
     <t>Steelsheen</t>
   </si>
   <si>
     <t>From the same family as  WITHIN THE LAW (2022.f. by Lucky Vega-Contract Signed, by Dundeel-So Much Joy). 2nd ATC (Randwick) Flight S. Gr.1From the same family as  WITHIN THE LAW (2022.f. by Lucky Vega-Contract Signed, by Dundeel-So Much Joy). 2nd ATC (Randwick) Silver Shadow S. Gr.2Closely related to  CHAIKA (2020.f. by Marcavelly-Queen Regent, by Medaglia d'Oro-Wild Queen). 3rd Ankara Karadeniz LClosely related to  Limahuli (2021.g. by Street Boss-Night Garden, by Redoute's Choice-Wild Queen). 1st Ballina JC Lennox Hotel H.</t>
   </si>
   <si>
     <t>Superior Choice</t>
   </si>
   <si>
     <t>Closely related to  Fight Time (2019.g. by Nicconi-Rhandara, by Redoute's Choice-Bhandara). 1st HKJC Hong Tung H.Brother to  Poukawa (2020.g. by Per Incanto-Superior Choice, by Redoute's Choice-Bhandara). 2nd Wairarapa RC Wairarapa Music H.</t>
   </si>
   <si>
-    <t>Ardrossan</t>
-[...1 lines deleted...]
-  <si>
     <t>Swarovski</t>
   </si>
   <si>
     <t>Closely related to  Platinum Harvest (2018.g. by Contributer-Glamazon, by Pins-Glitzy). 1st Selangor TC Mitavite S.Closely related to  Platinum Harvest (2018.g. by Contributer-Glamazon, by Pins-Glitzy). 1st Selangor TC Class 4 H.</t>
   </si>
   <si>
     <t>Sweeping Victory</t>
   </si>
   <si>
     <t>From the same family as  Rocking (2021.f. by El Roca-Sweepstaking, by Not a Single Doubt-Tennessee Sunrise). 1st Te Aroha JC Colin West Panelbeaters H.</t>
   </si>
   <si>
     <t>Taco Tiger</t>
   </si>
   <si>
     <t>Brother to  Star Onehundred (2022.f. by Earthlight-Taco Tiger, by Tavistock-Astucious). 3rd Egmont RC RTR S.</t>
   </si>
   <si>
     <t>Tahlio</t>
   </si>
   <si>
     <t>Closely related to  Mr Tony (2023.c. by Kodiac-River Sands, by Kingman-The Miniver Rose). 1st Gowran Park Golf at Gowran Park Nursery H.Closely related to  Sayfa Fad (2021.f. by Galileo Gold-River Sands, by Kingman-The Miniver Rose). 1st Bellewstown Gibneys Malahide H.Half-Brother to  No Other Choice (2021.g. by Shamus Award-Tahlio, by More Than Ready-The Miniver Rose). 2nd HKJC Shek Uk Shan H.Half-Brother to  No Other Choice (2021.g. by Shamus Award-Tahlio, by More Than Ready-The Miniver Rose). 3rd HKJC Kwong Fuk H.</t>
   </si>
   <si>
     <t>Sword of State</t>
   </si>
   <si>
     <t>Tango Gold</t>
   </si>
   <si>
     <t>Out of a sibling to  Alabama Blitz (2021.f. by Alabama Express-Glitzabeel, by Zabeel-Glitter Woman). 1st Newcastle JC Prince of Merewether H.</t>
   </si>
   <si>
     <t>Capitalist</t>
   </si>
   <si>
     <t>Terminology</t>
   </si>
   <si>
     <t>Closely related to  Hidden Melody (2020.f. by Your Song-In Hiding, by Star Witness-Taylor's Command). 1st Toowoomba TC Eureka Stud H.Closely related to  Hidden Melody (2020.f. by Your Song-In Hiding, by Star Witness-Taylor's Command). 1st GCTC Spring Carnival on Sale H.Closely related to  Hidden Melody (2020.f. by Your Song-In Hiding, by Star Witness-Taylor's Command). 1st GCTC (Gold Coast) Warner Bros Movie World H.Closely related to  Hide Your Assets (2021.f. by Supido-In Hiding, by Star Witness-Taylor's Command). 1st Tatura RC John Sanderson Machinery H.Closely related to  Hide Your Assets (2021.f. by Supido-In Hiding, by Star Witness-Taylor's Command). 1st Warrnambool RC McCarthy Trailer Screens H.</t>
   </si>
   <si>
     <t>Teteria</t>
   </si>
   <si>
-    <t>From the same family as  Zealously (2021.g. by Harry Angel-Duenna, by Sepoy-Palomares). 1st ATC (Warwick Farm) Switzerland H.From the same family as  Zealously (2021.g. by Harry Angel-Duenna, by Sepoy-Palomares). 3rd MRC (Caulfield) Caulfield Sprint Gr.2From the same family as  Trembles (2021.f. by Too Darn Hot-Earthquake, by Exceed and Excel-Cataclysm). 1st Bendigo JC Club Barham H.Half-Brother to  Esperimento (2020.f. by Zed-Teteria, by Commands-Orelia). 2nd Ashburton RC Hygain Stayers Challenge H.Half-Brother to  Esperimento (2020.f. by Zed-Teteria, by Commands-Orelia). 3rd Ashburton RC Yong Chew Memorial H.</t>
+    <t>From the same family as  Zealously (2021.g. by Harry Angel-Duenna, by Sepoy-Palomares). 1st ATC (Warwick Farm) Switzerland H.From the same family as  Zealously (2021.g. by Harry Angel-Duenna, by Sepoy-Palomares). 3rd MRC (Caulfield) Caulfield Sprint Gr.2From the same family as  Trembles (2021.f. by Too Darn Hot-Earthquake, by Exceed and Excel-Cataclysm). 1st Bendigo JC Club Barham H.Half-Brother to  Esperimento (2020.f. by Zed-Teteria, by Commands-Orelia). 2nd Ashburton RC Hygain Stayers Challenge H.Half-Brother to  Esperimento (2020.f. by Zed-Teteria, by Commands-Orelia). 3rd CJC Amicus Investment H.Half-Brother to  Esperimento (2020.f. by Zed-Teteria, by Commands-Orelia). 3rd Ashburton RC Yong Chew Memorial H.</t>
   </si>
   <si>
     <t>Theatre Fan</t>
   </si>
   <si>
     <t>Closely related to  Bona Fide Star (2020.g. by Stratosphere-In Theory, by Flying Spur-My Chestnut Girl). 1st SAJC (Morphettville) Sportsbet H.Closely related to  Haworth (2022.c. by Global Campaign-Above the Mien, by Temple City-Mien). 1st Elazig Conditions 3YO</t>
   </si>
   <si>
     <t>The Love of Money</t>
   </si>
   <si>
     <t>Closely related to  HÓRUS DO NILO (2021.c. by Courtier-Victoria New, by Refuse to Bend-Questing New). 1st Gávea Premio Good Report</t>
   </si>
   <si>
     <t>The Pinnacle</t>
   </si>
   <si>
     <t>Half-Brother to  Money Team (2020.g. by I Am Invincible-The Pinnacle, by So You Think-Spire). 1st ATC (Warwick Farm) Keeneland November Sale H.Half-Brother to  Money Team (2020.g. by I Am Invincible-The Pinnacle, by So You Think-Spire). 3rd BRC (Eagle Farm) Ladbrokes H.Half-Brother to  Great Heights (2022.f. by I Am Invincible-The Pinnacle, by So You Think-Spire). 1st Hawkesbury RC De Bortoli Wines Maiden P.Half-Brother to  The Cristal (2021.f. by Pierro-The Pinnacle, by So You Think-Spire). 2nd Wyong RC NBN Television H.</t>
   </si>
   <si>
     <t>Tiara</t>
   </si>
   <si>
     <t>Half-Brother to  VON HAUKE (2019.g. by Savabeel-Tiara, by O'Reilly-Royal Lady). 1st MVRC (Moonee Valley) Crystal Mile Gr.2Half-Brother to  VON HAUKE (2019.g. by Savabeel-Tiara, by O'Reilly-Royal Lady). 3rd VRC (Flemington) Paris Lane S. LFrom the same family as  Swiatek (2021.f. by Pomodoro-Alileo, by Captain Al-Sidera). 1st Durbanville Race Coast Turf Club S.From the same family as  Swiatek (2021.f. by Pomodoro-Alileo, by Captain Al-Sidera). 3rd Durbanville Diana S. Gr.3</t>
   </si>
   <si>
     <t>Tick Tock</t>
   </si>
   <si>
-    <t>Half-Brother to  Kana (2019.f. by Tivaci-Tick Tock, by O'Reilly-Lowland). 3rd Wairarapa RC Challenge Carterton H.</t>
+    <t>From the same family as  AWESOME JOHN - AWESOME FLUKE (H.K.) (2019.g. by Awesome Rock-Jayquin Star, by O'Reilly-My First Fifteen). 1st HKJC Hing Yip H.Half-Brother to  Kana (2019.f. by Tivaci-Tick Tock, by O'Reilly-Lowland). 3rd Wairarapa RC Challenge Carterton H.</t>
   </si>
   <si>
     <t>Staphanos</t>
   </si>
   <si>
     <t>Tiffany Gem</t>
   </si>
   <si>
     <t>From the same family as  Meritable (2018.c. by Snitzel-Crystal Flute, by Encosta de Lago-Monsoon Wedding). 1st Woodville-Pahiatua RC VS Equine Dannevirke H.Closely related to  Belle du Monde (2022.f. by Zoustar-Lady Cartier, by Fastnet Rock-Ten Carat Rock). 1st CJC Horse Ambulance S.Closely related to  Belle du Monde (2022.f. by Zoustar-Lady Cartier, by Fastnet Rock-Ten Carat Rock). 4th Ashburton RC Barneswood Farm S. Gr.3Half-Brother to  Velton (2021.f. by Headwater-Tiffany Gem, by Pierro-Ten Carat Rock). 1st Waverley RC J Swap Contractors H.Half-Brother to  Velton (2021.f. by Headwater-Tiffany Gem, by Pierro-Ten Carat Rock). 3rd Wairarapa RC Power Related Services H.</t>
   </si>
   <si>
     <t>Tiffany's Rock</t>
   </si>
   <si>
     <t>Closely related to  Groovy (2019.g. by Swiss Ace-Kahala, by Captain Rio-Morton Babe). 1st Perak TC Horse Owner Trophy</t>
   </si>
   <si>
     <t>Tinnelly</t>
   </si>
   <si>
     <t>From the same family as  SHADER (2021.g. by Shamardal-Shutter Speed, by Dansili-Photographic). 1st Kempton Floodlit S. L</t>
   </si>
   <si>
     <t>Armory</t>
   </si>
@@ -932,51 +944,51 @@
   <si>
     <t>Closely related to  Jingu Express (2021.f. by Magna Grecia-Hamiko, by Snitzel-Geisha). 1st Wangaratta TC Mulwala Water Ski Club H.</t>
   </si>
   <si>
     <t>Lucky Vega</t>
   </si>
   <si>
     <t>Told You So</t>
   </si>
   <si>
     <t>From the same family as  CHAIKA (2020.f. by Marcavelly-Queen Regent, by Medaglia d'Oro-Wild Queen). 3rd Ankara Karadeniz L</t>
   </si>
   <si>
     <t>Tonza Rossa</t>
   </si>
   <si>
     <t>Touting</t>
   </si>
   <si>
     <t>Closely related to  GINGER BAKER (2017.g. by Gingerbread Man-Spring Violet, by Encosta de Lago-Salsa). 1st Kalgoorlie Boulder RC Coolgardie CupClosely related to  GINGER BAKER (2017.g. by Gingerbread Man-Spring Violet, by Encosta de Lago-Salsa). 3rd WATC (Belmont) Idyllic Prince S. LClosely related to  GINGER BAKER (2017.g. by Gingerbread Man-Spring Violet, by Encosta de Lago-Salsa). 4th Kalgoorlie Boulder RC Boulder Cup LClosely related to  Mad Max (2020.g. by Savabeel-Maxmara, by O'Reilly-Ungaro). 1st Auckland TR Listen Live on Sportnation H.Half-Brother to  Stadium of Light (2018.g. by Sacred Falls-Touting, by Savabeel-Ungaro). 3rd Cairns JC Amateur Cup</t>
   </si>
   <si>
     <t>Toy Story</t>
   </si>
   <si>
-    <t>Closely related to  Trosettee (2016.g. by Jimmy Choux-Tin Goose, by Pentire-Tiger Moth). 3rd WRC Thompson H. Gr.3Closely related to  Aces Up (2020.g. by Ace High-Tin Goose, by Pentire-Tiger Moth). 1st Wondai CupClosely related to  Aces Up (2020.g. by Ace High-Tin Goose, by Pentire-Tiger Moth). 1st Eidsvold PRC Mundubbera Butchering H.Closely related to  Eleanor Dumont (2021.f. by Ace High-Tin Goose, by Pentire-Tiger Moth). 1st Warrnambool RC Lovatsville Gold Trip Maiden P.</t>
+    <t>Closely related to  Trosettee (2016.g. by Jimmy Choux-Tin Goose, by Pentire-Tiger Moth). 3rd WRC Thompson H. Gr.3Closely related to  Aces Up (2020.g. by Ace High-Tin Goose, by Pentire-Tiger Moth). 1st Eidsvold PRC Mundubbera Butchering H.Closely related to  Aces Up (2020.g. by Ace High-Tin Goose, by Pentire-Tiger Moth). 1st Wondai CupClosely related to  Eleanor Dumont (2021.f. by Ace High-Tin Goose, by Pentire-Tiger Moth). 1st Warrnambool RC Lovatsville Gold Trip Maiden P.</t>
   </si>
   <si>
     <t>Tricoteuse</t>
   </si>
   <si>
     <t>Half-Brother to  Bavicia (2019.g. by Almanzor-Tricoteuse, by Guillotine-Clearbrook Lane). 3rd Sale TC Ladbrokes H.</t>
   </si>
   <si>
     <t>Turquoise Coast</t>
   </si>
   <si>
     <t>From the same family as  FEROCE (2021.g. by Super Seth-Corinthia, by O'Reilly-Chimeara). 3rd MRC (Caulfield) Sir Rupert Clarke S. Gr.1From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 1st CJC The Sefton Tavern H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3Brother to  Manzor Blue (2020.f. by Almanzor-Turquoise Coast, by Zabeel-Lycia). 2nd Taranaki RC Robbie Patterson H.Brother to  Manzor Blue (2020.f. by Almanzor-Turquoise Coast, by Zabeel-Lycia). 2nd Wairarapa RC Wrights Cabins H.</t>
   </si>
   <si>
     <t>Tiger of Malay</t>
   </si>
   <si>
     <t>Unsaintly</t>
   </si>
   <si>
     <t>Closely related to  Odyssey Man (2018.g. by Odyssey Moon-Pinocchio's Sister, by Woodman-Angel in Disguise). 1st Bombala JC Bendoc Hotel Maiden P.</t>
   </si>
   <si>
     <t>Up and Up</t>
   </si>
@@ -986,72 +998,72 @@
   <si>
     <t>Uralla</t>
   </si>
   <si>
     <t>From the same family as  Mating Call (2022.f. by Brazen Beau-Monopole, by High Chaparral-Raise). 1st Balaklava RC Sportsbet Maiden P.From the same family as  Mating Call (2022.f. by Brazen Beau-Monopole, by High Chaparral-Raise). 3rd VRC (Flemington) Edward Manifold S. Gr.2Brother to  Our Sniper (2022.g. by Satono Aladdin-Uralla, by Charge Forward-Capricious Lady). 1st Woodville-Pahiatua RC Sign and Design Maiden S.Closely related to  Missile Thunder (2019.g. by Smart Missile-Halle McOllywill, by Mossman-Capricious Lady). 1st Innisfail TC Australian Produce Partners H.Closely related to  Missile Thunder (2019.g. by Smart Missile-Halle McOllywill, by Mossman-Capricious Lady). 1st Cairns JC Mitchell Food Agency H.Closely related to  Missile Thunder (2019.g. by Smart Missile-Halle McOllywill, by Mossman-Capricious Lady). 1st Townsville TC Gordon's Pink Amateurs Sprint</t>
   </si>
   <si>
     <t>Russian Camelot</t>
   </si>
   <si>
     <t>Valentine Miss</t>
   </si>
   <si>
     <t>Closely related to  WELL WRITTEN (2022.f. by Written Tycoon-Mozzie Monster, by Sebring-Valentine Miss). 1st CJC New Zealand One Thousand Guineas Gr.1Closely related to  WELL WRITTEN (2022.f. by Written Tycoon-Mozzie Monster, by Sebring-Valentine Miss). 1st Auckland TR Soliloquy S. Gr.2Closely related to  WELL WRITTEN (2022.f. by Written Tycoon-Mozzie Monster, by Sebring-Valentine Miss). 1st Auckland TR Join TAB Maiden S.Closely related to  The Stars Align (2021.g. by Star Turn-Craigmoor Star, by Zoustar-Valentine Miss). 1st Canberra RC Cooma Monaro Legal Services P.</t>
   </si>
   <si>
     <t>Vihari</t>
   </si>
   <si>
     <t>From the same family as  Valzeina (2023.f. by Persian King-Vertana, by Sinndar-Verzasca). 1st Dortmund Preis der Stadt DortmundFrom the same family as  Valzeina (2023.f. by Persian King-Vertana, by Sinndar-Verzasca). 3rd Baden-Baden Preis der Winterkönigin Gr.3From the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 1st Camarero Maiden ClaimingFrom the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 2nd Camarero Clasico Angel T Cordero Jr LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 2nd Pontefract Flying Fillies' S. LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 3rd Doncaster Wentworth S. LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 4th Ayr Arran Scottish Sprint S. LClosely related to  Bolt By (2017.g. by Night of Thunder-Scarlet Moretta, by Fastnet Rock-Venetian Lady). 1st SAJC (Morphettville) Peter Elberg Funerals H.</t>
   </si>
   <si>
     <t>Villa de Madrid</t>
   </si>
   <si>
-    <t>Half-Brother to  Torque Espagna (2019.f. by Pariah-Villa de Madrid, by Mossman-Madrilena). 3rd Mackay TC Sky Racing H.Half-Brother to  Torque Espagna (2019.f. by Pariah-Villa de Madrid, by Mossman-Madrilena). 3rd Ewan ATC Rupert Clark and Co H.</t>
+    <t>Half-Brother to  Torque Espagna (2019.f. by Pariah-Villa de Madrid, by Mossman-Madrilena). 3rd Ewan ATC Rupert Clark and Co H.Half-Brother to  Torque Espagna (2019.f. by Pariah-Villa de Madrid, by Mossman-Madrilena). 3rd Mackay TC Sky Racing H.</t>
   </si>
   <si>
     <t>Villifye</t>
   </si>
   <si>
-    <t>Half-Brother to  Daylight Robbery (2022.c. by Super Seth-Villifye, by O'Reilly-Jacilo). 4th Waikato TR Hawke's Bay Guineas Gr.2Half-Brother to  Daylight Robbery (2022.c. by Super Seth-Villifye, by O'Reilly-Jacilo). 4th Wanganui Guineas LHalf-Brother to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 1st South Canterbury RC Owners and Trainers Association Maiden S.Half-Brother to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 2nd CJC Racecourse Hotel and Motor Lodge H.Half-Brother to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 2nd CJC Stallion Tender Maiden S.</t>
+    <t>Half-Brother to  Daylight Robbery (2022.c. by Super Seth-Villifye, by O'Reilly-Jacilo). 4th Waikato TR Hawke's Bay Guineas Gr.2Half-Brother to  Daylight Robbery (2022.c. by Super Seth-Villifye, by O'Reilly-Jacilo). 4th Wanganui Guineas LHalf-Brother to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 1st South Canterbury RC Owners and Trainers Association Maiden S.Half-Brother to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 2nd CJC Stallion Tender Maiden S.Half-Brother to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 2nd CJC Racecourse Hotel and Motor Lodge H.</t>
   </si>
   <si>
     <t>Voice of an Angel</t>
   </si>
   <si>
     <t>Closely related to  Singing Star (2021.f. by Star Turn-Sing Me a Song, by Mossman-Gibraltar Diva). 1st Tamworth JC Tradelink H.Closely related to  Ethical (2022.f. by Heavenly Blue-Tobefair, by Uncle Mo-Voice of an Angel). 1st Vaal TC Youcanbetonus Maiden P.</t>
   </si>
   <si>
     <t>Shocking</t>
   </si>
   <si>
     <t>Vuela</t>
   </si>
   <si>
-    <t>Closely related to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Griffith JC Bearings H.Closely related to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Lockhart PRC Ex Serviceman's Club H.Closely related to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Berrigan DRC Members and Patrons Maiden P.</t>
+    <t>Closely related to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Berrigan DRC Members and Patrons Maiden P.Closely related to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Griffith JC Bearings H.Closely related to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Lockhart PRC Ex Serviceman's Club H.</t>
   </si>
   <si>
     <t>All Too Hard</t>
   </si>
   <si>
     <t>Warragamba</t>
   </si>
   <si>
     <t>Closely related to  Happy Youmzain (2022.c. by Hello Youmzain-Waterfalls, by More Than Ready-Waterwise). 1st Waikato TR Saddlery Warehouse Maiden S.</t>
   </si>
   <si>
     <t>Waterfalls</t>
   </si>
   <si>
     <t>Half-Brother to  Happy Youmzain (2022.c. by Hello Youmzain-Waterfalls, by More Than Ready-Waterwise). 1st Waikato TR Saddlery Warehouse Maiden S.</t>
   </si>
   <si>
     <t>Derryn</t>
   </si>
   <si>
     <t>When in Paris</t>
   </si>
   <si>
     <t>From the same family as  SUNRISE ZIPANGU (2021.c. by Kizuna-Saimaa, by Zoffany-Serisia). 1st Morioka Kozukata ShoFrom the same family as  SUNRISE ZIPANGU (2021.c. by Kizuna-Saimaa, by Zoffany-Serisia). 4th Morioka Mile Championship Nambu Hai L</t>
   </si>
@@ -1067,51 +1079,51 @@
   <si>
     <t>Closely related to  Pharoah Show (2021.g. by American Pharoah-Showmeyamoneyhoney, by Showcasing-Pretty Ready). 1st Bunbury TC Swan Draught H.</t>
   </si>
   <si>
     <t>Wicket Maiden</t>
   </si>
   <si>
     <t>Out of a sibling to  Flipper (2022.f. by Ocean Park-Scarlet O'Hara, by Fast 'n' Famous-Southern Belle). 1st Ashburton RC Agraforum Comcat Maiden S.</t>
   </si>
   <si>
     <t>Wild Flyer</t>
   </si>
   <si>
     <t>Half-Brother to  Melrose (2022.f. by Hanseatic-Wild Flyer, by Starcraft-Wild Mia). 3rd Bairnsdale RC Tambo Waste Maiden P.</t>
   </si>
   <si>
     <t>Winehouse</t>
   </si>
   <si>
     <t>From the same family as  SALTCOATS (2020.g. by Ardrossan-Savanite, by Savabeel-Jelignite Jen). 1st Wyong Cup LFrom the same family as  SALTCOATS (2020.g. by Ardrossan-Savanite, by Savabeel-Jelignite Jen). 4th ATC (Randwick) Premier's Cup Gr.3</t>
   </si>
   <si>
     <t>Witchery</t>
   </si>
   <si>
-    <t>Closely related to  Peruno (2019.g. by Pierro-Next the Universe, by Mossman-Now the World). 1st Moruya JC Lake Conjola Bowling Club H.Closely related to  Oaksdeel (2021.f. by Dundeel-Later Gator, by More Than Ready-Now the World). 1st Ashburton RC JR and Shaddy Maiden S.Brother to  Western Eagle (2020.g. by El Roca-Witchery, by Savabeel-Now the World). 3rd Come-By-Chance PRC Fernleigh H.Brother to  Western Eagle (2020.g. by El Roca-Witchery, by Savabeel-Now the World). 3rd Mungery APRC Ossory H.</t>
+    <t>Closely related to  Oaksdeel (2021.f. by Dundeel-Later Gator, by More Than Ready-Now the World). 1st Ashburton RC JR and Shaddy Maiden S.Closely related to  Peruno (2019.g. by Pierro-Next the Universe, by Mossman-Now the World). 1st Moruya JC Lake Conjola Bowling Club H.Brother to  Western Eagle (2020.g. by El Roca-Witchery, by Savabeel-Now the World). 3rd Come-By-Chance PRC Fernleigh H.Brother to  Western Eagle (2020.g. by El Roca-Witchery, by Savabeel-Now the World). 3rd Mungery APRC Ossory H.</t>
   </si>
   <si>
     <t>Young Legend</t>
   </si>
   <si>
     <t>Out of a sibling to  Sunlight Power (2019.g. by Capitalist-Emirates Comfort, by Dubawi-Royal Highness). 4th HKJC Ladies' Purse Gr.3</t>
   </si>
   <si>
     <t>Hanseatic</t>
   </si>
   <si>
     <t>Zablitz</t>
   </si>
   <si>
     <t>Half-Brother to  Einstein's Theory (2020.g. by So You Think-Zablitz, by Star Witness-Snow Blitz). 3rd Clarence River JC Starter Rex Kelly Maiden H.</t>
   </si>
   <si>
     <t>Zakalicious</t>
   </si>
   <si>
     <t>Half-Brother to  Egzakly (2021.f. by Shalaa-Zakalicious, by Power-Thirst). 1st Ewan ATC Bolt 'N Fodder Maiden P.</t>
   </si>
   <si>
     <t>Snitzel</t>
   </si>
@@ -1409,51 +1421,51 @@
   <si>
     <t>Closely related to  Just Bingo (2020.g. by Jungle Cat-Polzeath, by High Chaparral-Penaka). 1st Bundaberg RC Craft Rental H.</t>
   </si>
   <si>
     <t>Classic Belt</t>
   </si>
   <si>
     <t>Half-Sister to  Exaggeration (2021.g. by Embellish-Classic Belt, by Burgundy-Minnie Belt). 1st Marton JC Woodbridge Barristers H.Half-Sister to  Swiss Belt (2020.f. by Swiss Ace-Classic Belt, by Burgundy-Minnie Belt). 2nd Otago RC Pearl Series Maiden S.Half-Sister to  Swiss Belt (2020.f. by Swiss Ace-Classic Belt, by Burgundy-Minnie Belt). 3rd Oamaru JC Harbour Street Bakery Maiden S.</t>
   </si>
   <si>
     <t>Claws are Out</t>
   </si>
   <si>
     <t>Out of a sibling to  Gelatin (2020.g. by Snitzel-Jellicles, by Tale of the Cat-Songfest). 1st Ipswich TC (Ipswich) Great Northern H.Out of a sibling to  Jellicious (2021.f. by Snitzel-Jellicles, by Tale of the Cat-Songfest). 1st ATC (Warwick Farm) Asahi Super Dry H.Out of a sibling to  Jellicious (2021.f. by Snitzel-Jellicles, by Tale of the Cat-Songfest). 1st ATC (Warwick Farm) Agency Real Estate H.Out of a sibling to  Jellicious (2021.f. by Snitzel-Jellicles, by Tale of the Cat-Songfest). 1st Hawkesbury RC Paul Griffin Memorial Maiden P.</t>
   </si>
   <si>
     <t>Clear Skies</t>
   </si>
   <si>
     <t>Closely related to  Powerofpersuasion (2021.f. by Ten Sovereigns-Persuasive, by Darci Brahma-Pertinacious). 1st Waverley RC Stout Roofing H.Closely related to  Savvy Spy (2022.g. by Savabeel-Surveillance, by Rip Van Winkle-Sarwatch). 1st Illawarra TC Brother CV Bell Maiden H.Closely related to  The Wheelbarrow (2022.g. by Yes Yes Yes-Stargazing, by Rip Van Winkle-Sarwatch). 1st SCTC (Sunshine Coast) TAB Maiden H.</t>
   </si>
   <si>
     <t>Coeur d'Amour</t>
   </si>
   <si>
-    <t>Half-Brother to  Techna (2021.f. by Boulder City-Coeur d'Amour, by More Than Ready-Tambara). 2nd SCTC (Sunshine Coast) Catanach's Jewellers H.Half-Brother to  Techna (2021.f. by Boulder City-Coeur d'Amour, by More Than Ready-Tambara). 3rd Ipswich TC (Ipswich) Barrier Reef Pools H.Closely related to  Tempest Moon (2020.f. by Turn Me Loose-Nocturnal, by Darci Brahma-Upstaged). 1st Te Aroha JC Waitoa Haulage Maiden S.Closely related to  The Girl's Boy (2019.g. by Rageese-Cash in Transit, by Snitzel-Tambara). 1st Darwin TC Ladbrokes H.Closely related to  The Girl's Boy (2019.g. by Rageese-Cash in Transit, by Snitzel-Tambara). 1st Alice Springs TC Ladbrokes H.Out of a sibling to  Tropic Sands (2017.g. by Casino Prince-Tambara, by Thunder Gulch-Ikebana). 1st GCTC Kollosche Realty H.</t>
+    <t>Closely related to  Unleash the Beast (2021.g. by Eminent-Upstaged, by In the Wings-Tambara). 1st CJC Amicus Investment H.Half-Brother to  Techna (2021.f. by Boulder City-Coeur d'Amour, by More Than Ready-Tambara). 2nd SCTC (Sunshine Coast) Catanach's Jewellers H.Half-Brother to  Techna (2021.f. by Boulder City-Coeur d'Amour, by More Than Ready-Tambara). 3rd Ipswich TC (Ipswich) Barrier Reef Pools H.Closely related to  Tempest Moon (2020.f. by Turn Me Loose-Nocturnal, by Darci Brahma-Upstaged). 1st Te Aroha JC Waitoa Haulage Maiden S.Closely related to  The Girl's Boy (2019.g. by Rageese-Cash in Transit, by Snitzel-Tambara). 1st Darwin TC Ladbrokes H.Closely related to  The Girl's Boy (2019.g. by Rageese-Cash in Transit, by Snitzel-Tambara). 1st Alice Springs TC Ladbrokes H.Out of a sibling to  Tropic Sands (2017.g. by Casino Prince-Tambara, by Thunder Gulch-Ikebana). 1st GCTC Kollosche Realty H.</t>
   </si>
   <si>
     <t>Coimbra</t>
   </si>
   <si>
     <t>Half-Brother to  Kind Wish (2018.f. by The Bold One-Coimbra, by Mossman-Raise the Crown). 1st Kilcoy CupHalf-Brother to  Kind Wish (2018.f. by The Bold One-Coimbra, by Mossman-Raise the Crown). 3rd Kilcoy RC Ladbrokes H.Half-Brother to  Max the Brave - Free and Happy (Sing.) (2017.g. by The Bold One-Coimbra, by Mossman-Raise the Crown). 2nd Selangor TC Class 5 H.</t>
   </si>
   <si>
     <t>Star Witness</t>
   </si>
   <si>
     <t>Component</t>
   </si>
   <si>
     <t>Half-Brother to  GOLDEN PEGASUS (2019.g. by Star Turn-Component, by High Chaparral-Mutate). 1st Selangor TC Sports Toto Supreme Challenge Cup LHalf-Brother to  GOLDEN PEGASUS (2019.g. by Star Turn-Component, by High Chaparral-Mutate). 1st Selangor TC Reunion Joy S.Out of a sibling to  Ruby Sailing (2020.g. by Starspangledbanner-Mutate, by Octagonal-Mutribah). 1st HKJC South Bay H.</t>
   </si>
   <si>
     <t>Conferre</t>
   </si>
   <si>
     <t>Closely related to  (Love) Sparkles (2020.f. by Embellish-Vibrant Moss, by Mossman-Vibe). 1st Avoca Shire TC Caravan Park H.Closely related to  Wanted Hillbilly (2022.g. by Wanted-Idle Chat, by More Than Ready-All the Goss). 1st Warwick TC Wickham Freight Lines H.</t>
   </si>
   <si>
     <t>Acrobat</t>
   </si>
@@ -1487,165 +1499,165 @@
   <si>
     <t>From the same family as  FEROCE (2021.g. by Super Seth-Corinthia, by O'Reilly-Chimeara). 3rd MRC (Caulfield) Sir Rupert Clarke S. Gr.1From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 1st CJC The Sefton Tavern H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3Closely related to  Maryland Bridge (2019.f. by Pariah-Veneers, by Stravinsky-Diamond Smile). 1st Harden DPRC Demondrille Merino's H.</t>
   </si>
   <si>
     <t>Cool Tart</t>
   </si>
   <si>
     <t>Half-Brother to  Fitzroy Street (2021.f. by Turn Me Loose-Cool Tart, by Zabeel-Cold Shoulder). 3rd SCTC (Sunshine Coast) Flooring Xtra H.Brother to  Devine Squire (2022.g. by Hello Youmzain-Cool Tart, by Zabeel-Cold Shoulder). 2nd Lockyer RC Falvey's Hotel Maiden P.Brother to  Devine Squire (2022.g. by Hello Youmzain-Cool Tart, by Zabeel-Cold Shoulder). 3rd BRC (Eagle Farm) Moreton Hire Maiden P.</t>
   </si>
   <si>
     <t>Cotillard</t>
   </si>
   <si>
     <t>From the same family as  Party for Two (2020.f. by Sidestep-Ponte Roma, by Pins-Sienna Sunrise). 1st BRC (Eagle Farm) Become a Member H.From the same family as  Party for Two (2020.f. by Sidestep-Ponte Roma, by Pins-Sienna Sunrise). 1st BRC (Doomben) Road to Magic Millions Sale H.From the same family as  Party for Two (2020.f. by Sidestep-Ponte Roma, by Pins-Sienna Sunrise). 1st BRC (Eagle Farm) Eva Air H.From the same family as  The Scunner (2019.g. by Shamexpress-Miss Daphne, by Diamond Express-Miss Katella). 1st Otaki Maori RC Cavallo Farms H.From the same family as  The Scunner (2019.g. by Shamexpress-Miss Daphne, by Diamond Express-Miss Katella). 2nd WRC Thompson H. Gr.3Closely related to  Blue Steel (2020.g. by Real Steel-High Flight, by Smart Missile-Chateau d'Yquem). 1st Cairns JC Kensington Park Horse Agistment H.Closely related to  Blue Steel (2020.g. by Real Steel-High Flight, by Smart Missile-Chateau d'Yquem). 1st Cairns JC Key Real Estate H.Closely related to  Blue Steel (2020.g. by Real Steel-High Flight, by Smart Missile-Chateau d'Yquem). 1st Gordonvale TC Gordonvale Cup</t>
   </si>
   <si>
     <t>Cristal Heights</t>
   </si>
   <si>
     <t>Half-Brother to  Genrichero (2020.g. by Proisir-Cristal Heights, by O'Reilly-Champagne Heights). 1st Sale TC Ladbrokes H.</t>
   </si>
   <si>
     <t>Cristallo Rosso</t>
   </si>
   <si>
-    <t>Half-Sister to  Maldini (2019.g. by Tarzino-Cristallo Rosso, by Testa Rossa-Crystal Palace). 3rd Auckland TR Barfoot and Thompson H.Closely related to  Bonnard (2021.g. by Swiss Ace-Cristal Chateau, by Oratorio-Crystal Palace). 1st Avondale JC Funtime Catering Maiden S.Closely related to  Eight Pence (2021.g. by Swiss Ace-Maravilla, by Postponed-Belleza). 1st Ashburton RC Jackson Spreading Maiden S.</t>
+    <t>Closely related to  Eight Pence (2021.g. by Swiss Ace-Maravilla, by Postponed-Belleza). 1st CJC Majestic Horse Floats S.Closely related to  Eight Pence (2021.g. by Swiss Ace-Maravilla, by Postponed-Belleza). 1st Ashburton RC Jackson Spreading Maiden S.Half-Sister to  Maldini (2019.g. by Tarzino-Cristallo Rosso, by Testa Rossa-Crystal Palace). 3rd Auckland TR Barfoot and Thompson H.Closely related to  Bonnard (2021.g. by Swiss Ace-Cristal Chateau, by Oratorio-Crystal Palace). 1st Avondale JC Funtime Catering Maiden S.</t>
   </si>
   <si>
     <t>Russian Revolution</t>
   </si>
   <si>
     <t>Crystal Flute</t>
   </si>
   <si>
     <t>Half-Brother to  Meritable (2018.c. by Snitzel-Crystal Flute, by Encosta de Lago-Monsoon Wedding). 1st Woodville-Pahiatua RC VS Equine Dannevirke H.Closely related to  Kiptanui (2016.g. by Deep Field-Cafe Scientific, by More Than Ready-Monsoon Wedding). 1st Dawson JC Leichardt Hotel H.Closely related to  Notocar (2022.g. by Graff-Climatic, by Fusaichi Pegasus-Monsoon Wedding). 1st Ipswich TC (Ipswich) Great Northern Maiden P.Closely related to  Watermelon (2020.g. by Russian Revolution-Quench the Thirst, by Encosta de Lago-Monsoon Wedding). 1st GCTC Stronger H.Closely related to  Watermelon (2020.g. by Russian Revolution-Quench the Thirst, by Encosta de Lago-Monsoon Wedding). 1st GCTC Secret Burden H.Closely related to  Cannyworth (2022.g. by Written Tycoon-Nuptials, by Snitzel-Lucky Raquie). 1st Bendigo JC Roll the Dice Racing H.Closely related to  Quill Ambition (2021.f. by Written Tycoon-Set Goals, by Snitzel-Your Life Style). 1st Emerald JC Ensham Resources Maiden P.Closely related to  Quill Ambition (2021.f. by Written Tycoon-Set Goals, by Snitzel-Your Life Style). 1st Moranbah RC Hahnlec H.Closely related to  Tivaci Code (2022.g. by Tivaci-Jelina, by Ocean Park-Refreshing). 1st Warrnambool RC Ocean Road Realty Maiden P.</t>
   </si>
   <si>
     <t>Cupid</t>
   </si>
   <si>
     <t>Closely related to  King of Wessex (2020.g. by Saxon Warrior-Purrpussful, by Purrealist-Newstar Lass). 1st SAJC (Morphettville) Fotobase Group H.Closely related to  Hollywood Epic (2020.g. by Shamus Award-American Joy, by Americain-Newstar Lass). 1st GCTC Sherpa Group H.Closely related to  Hollywood Epic (2020.g. by Shamus Award-American Joy, by Americain-Newstar Lass). 1st GCTC Coastal Tipper Hire H.Closely related to  Hollywood Epic (2020.g. by Shamus Award-American Joy, by Americain-Newstar Lass). 1st GCTC (Gold Coast) Landlord Insure H.Closely related to  Normandy Lass (2021.f. by Omaha Beach-Purrpussful, by Purrealist-Newstar Lass). 1st Geelong RC Frankie Bar and Eatery H.Closely related to  Normandy Lass (2021.f. by Omaha Beach-Purrpussful, by Purrealist-Newstar Lass). 1st Geelong RC Mega Jumps Castle Hire H.Closely related to  Spinhof (2019.g. by Bon Hoffa-Wagon Wheel, by Bullet Train-Love Buggy). 1st St Arnaud TC Nutrien Ag Solutions H.Half-Brother to  Tycoon Beau (2017.g. by Written Tycoon-Cupid, by Fastnet Rock-Happy Heart). 3rd Cairns JC Aussie Drill Kings Pty Ltd H.Closely related to  Written Fame (2020.g. by Winning Rupert-Libertine Miss, by Statue of Liberty-Love Buggy). 1st Ballina JC RSL H.Closely related to  Celestial Glow (2022.f. by Stratosphere-Gloray, by Street Hero-Newstar Lass). 1st TRC JBM Group Maiden P.</t>
   </si>
   <si>
     <t>Daily at Dawn</t>
   </si>
   <si>
     <t>Half-Brother to  Sunrise (2021.f. by Charm Spirit-Daily at Dawn, by Dawn Approach-Brand New Choice). 1st ATC (Randwick) Toyota Forklifts H.</t>
   </si>
   <si>
     <t>Daly River</t>
   </si>
   <si>
     <t>From the same family as  ACE OF DIAMONDS (2020.g. by Swiss Ace-Go Kate Go, by More Than Ready-St. Kate). 1st Metro Manila TC Dr Norberto Quisumbing Trophy RaceFrom the same family as  Street Chase (2021.g. by Zoustar-Walk the Streets, by Street Cry-Kakakakatie). 1st BRC (Eagle Farm) Carmel Scanlan Memorial H.Closely related to  Mr Nunez (2021.g. by All Too Hard-Star of Darwin, by Northern Meteor-Daly River). 1st Darwin TC Ladbrokes Popular Srm Maiden P.</t>
   </si>
   <si>
     <t>Dance on By</t>
   </si>
   <si>
     <t>Closely related to  NARANCO (2019.c. by Kingman-Patsy Boyne, by Galileo-Kasora). 1st La Zarzuela Premio Young TigerFrom the same family as  UNA MATINA (2019.f. by Golden Horn-Kozideh, by Gold Away-Kozaka). 4th Bro Park Lanwades Stud S. LClosely related to  Foreign Tourist (2021.f. by Tourist-Pilipha, by Distorted Humor-Patsy Boyne). 1st Louisiana Downs ClaimingClosely related to  Humorous (2022.g. by Klimt-Pilipha, by Distorted Humor-Patsy Boyne). 1st Charles Town ClaimingClosely related to  Passepartout (2021.c. by Almanzor-Let's Misbehave, by Montjeu-Kasora). 1st Angers Prix Mondial du LionClosely related to  Blue Madame (2023.f. by Dubawi-Fancy Blue, by Deep Impact-Chenchikova). 1st Aqueduct Maiden Special WeightClosely related to  Prefer to Dance (2021.g. by Preferment-Exonex, by Exceed and Excel-Dance on By). 1st Toowoomba TC Southern Cross Sheds Maiden P.</t>
   </si>
   <si>
     <t>Dear Way</t>
   </si>
   <si>
-    <t>From the same family as  ASFOORA (2018.f. by Flying Artie-Golden Child, by I Am Invincible-Predestined). 1st ParisLongchamp Prix de l'Abbaye de Longchamp Gr.1From the same family as  ASFOORA (2018.f. by Flying Artie-Golden Child, by I Am Invincible-Predestined). 1st York Nunthorpe S. Gr.1Closely related to  Turnmeon (2018.g. by Turn Me Loose-Mangaroa Molly, by Thorn Park-Molly Dear). 1st Woodville-Pahiatua RC Cancer Society H.</t>
+    <t>From the same family as  ASFOORA (2018.f. by Flying Artie-Golden Child, by I Am Invincible-Predestined). 1st York Nunthorpe S. Gr.1From the same family as  ASFOORA (2018.f. by Flying Artie-Golden Child, by I Am Invincible-Predestined). 1st ParisLongchamp Prix de l'Abbaye de Longchamp Gr.1Closely related to  Turnmeon (2018.g. by Turn Me Loose-Mangaroa Molly, by Thorn Park-Molly Dear). 1st Woodville-Pahiatua RC Cancer Society H.</t>
   </si>
   <si>
     <t>Destiny Cove</t>
   </si>
   <si>
     <t>Half-Brother to  LA CRIQUE (2018.f. by Vadamos-Destiny Cove, by Dubai Destination-Lulworth Cove). 2nd Auckland TR Proisir P. Gr.1Half-Brother to  LA CRIQUE (2018.f. by Vadamos-Destiny Cove, by Dubai Destination-Lulworth Cove). 2nd Waikato TR Howden Insurance Mile Gr.1</t>
   </si>
   <si>
     <t>Diablotine</t>
   </si>
   <si>
     <t>From the same family as  BUCANERO FUERTE (2021.c. by Wootton Bassett-Frida la Blonde, by Elusive City-Firm Friend). 3rd Curragh Flying Five S. Gr.1</t>
   </si>
   <si>
     <t>Diamantaire</t>
   </si>
   <si>
     <t>From the same family as  FEROCE (2021.g. by Super Seth-Corinthia, by O'Reilly-Chimeara). 3rd MRC (Caulfield) Sir Rupert Clarke S. Gr.1From the same family as  VERRY FLASH (2014.g. by Zed-Opulence, by Danroad-Mulan Magic). 1st Egmont RC Heather D Yaxley Maiden S/chaseFrom the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 1st CJC The Sefton Tavern H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3From the same family as  Hot Too Go (2021.g. by Too Darn Hot-Gogo Grace, by New Approach-Starmon). 1st MVRC (Moonee Valley) Evergreen Turf H.Closely related to  Sunny da Best (2020.g. by Proisir-Artemis, by Thorn Park-Diamantaire). 2nd HKJC Canmake Tokyo H.Closely related to  Jagerbomb (2022.g. by Contributer-Jagersfontein, by Volksraad-Diamantaire). 1st Illawarra TC South Pacific Roof Trusses Maiden H.</t>
   </si>
   <si>
     <t>Divine Command</t>
   </si>
   <si>
     <t>Closely related to  ORIGIN OF LOVE (2022.f. by Snitzel-Re Edit, by Camelot-So Divine). 1st CJC War Decree S. Gr.3Closely related to  ORIGIN OF LOVE (2022.f. by Snitzel-Re Edit, by Camelot-So Divine). 1st CJC Promenade Maiden S.From the same family as  ROLL ON HIGH (2020.f. by Shamus Award-All Highs on Me, by High Chaparral-Bathilda). 2nd VRC (Flemington) Hong Kong Jockey Club S. Gr.3Out of a sibling to  Divine Clementine (2021.f. by Churchill-So Divine, by High Chaparral-Argante). 1st Ballarat TC Volkswagen Maiden P.</t>
   </si>
   <si>
     <t>Dolce Amore</t>
   </si>
   <si>
     <t>From the same family as  O'sheamus (2022.g. by Shamus Award-O'Reilly's Angel, by O'Reilly-Zamfir). 1st ATC (Warwick Farm) Hyland Race Colours Maiden H.From the same family as  O'sheamus (2022.g. by Shamus Award-O'Reilly's Angel, by O'Reilly-Zamfir). 3rd Moonee Valley Vase Gr.2Closely related to  Capiana (2021.g. by Capitalist-Pipiana, by Highly Recommended-Enthusabelle). 1st Gympie TC Nolan Private Selection H.Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 2nd HKJC La Estephe H.Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 3rd HKJC Pak Tam au H.</t>
   </si>
   <si>
     <t>Banquo</t>
   </si>
   <si>
     <t>Do Ra Mi</t>
   </si>
   <si>
-    <t>Subject Horse:  Justin Case (2023.g. by Banquo-Do Ra Mi, by Savabeel-Aulide). 2nd Auckland TR Hallmark Stud 2YO S.</t>
+    <t>Closely related to  Wolfess (2021.f. by Tivaci-So Splendid, by Savabeel-Splendid). 1st MRC Stow Storage Solutions H.Subject Horse:  Justin Case (2023.g. by Banquo-Do Ra Mi, by Savabeel-Aulide). 2nd Auckland TR Hallmark Stud 2YO S.</t>
   </si>
   <si>
     <t>Drama Series</t>
   </si>
   <si>
     <t>Half-Brother to  Little But Fierce (2021.f. by Exceedance-Drama Series, by Pierro-Special Episode). 1st CJC Plough Hotel H.Half-Brother to  Little But Fierce (2021.f. by Exceedance-Drama Series, by Pierro-Special Episode). 2nd CJC Racecourse Hotel H.</t>
   </si>
   <si>
     <t>Dream of Me</t>
   </si>
   <si>
     <t>Closely related to  Sweet Winner (2022.c. by Game Winner-Darci's Dream, by Darci Brahma-Sweet Dreams Baby). 1st Parx Racing Maiden Claiming</t>
   </si>
   <si>
     <t>Dual Lane</t>
   </si>
   <si>
     <t>From the same family as  War of Silence (2022.c. by Snitzel-Silent Sedition, by War Chant-Fiorentina). 1st CJC Vale Tony Dennis Maiden S.From the same family as  War of Silence (2022.c. by Snitzel-Silent Sedition, by War Chant-Fiorentina). 3rd CJC War Decree S. Gr.3Closely related to  Dipierdomenico (2020.g. by Not a Single Doubt-Miss Salinger, by All American-Road to Damascus). 1st Armidale JC CT Electric H.Half-Brother to  Monaco Calling (2021.f. by Blue Point-Dual Lane, by Charge Forward-Road to Damascus). 2nd Leinster RC Western Meat Packers Maiden P.</t>
   </si>
   <si>
     <t>Dubai's Moko</t>
   </si>
   <si>
     <t>Out of a sibling to  Dubai's Potiki (2021.g. by Ocean Park-Dubai Belle, by E Dubai-Shy Dancer). 1st Otaki Maori RC Tele Otaki Maiden S.</t>
   </si>
   <si>
     <t>Dunbarton</t>
   </si>
   <si>
     <t>Closely related to  Summerston (2020.f. by Reliable Man-Glasgow, by Testa Rossa-Tartan Tights). 1st Auckland TR Kingmakers Syndication H.Closely related to  Perfect Delight (2020.c. by American Pharoah-Nevis, by Danehill-Tartan Tights). 1st Metro Manila TC Solaire Trophy RaceClosely related to  Perfect Delight (2020.c. by American Pharoah-Nevis, by Danehill-Tartan Tights). 1st Metro Manila TC Equine International Airfreight S.Closely related to  Super Thunder (2021.g. by Reliable Man-Glasgow, by Testa Rossa-Tartan Tights). 1st Seoul Class 4Closely related to  Super Thunder (2021.g. by Reliable Man-Glasgow, by Testa Rossa-Tartan Tights). 1st Seoul Class 3Closely related to  Dukedom (2021.g. by Snitzel-Duchess of Lennox, by Reliable Man-Dunbarton). 1st SCTC (Sunshine Coast) Elm Development Collective Maiden H.</t>
   </si>
   <si>
     <t>Dwelt</t>
   </si>
   <si>
-    <t>Out of a sibling to  Commander Harry (2018.g. by Reliable Man-Our Josephina, by Zabeel-Pavlova). 1st Coleraine CupOut of a sibling to  Reliable Jo (2021.f. by Reliable Man-Our Josephina, by Zabeel-Pavlova). 1st Moe RC Ladbrokes Maiden P.</t>
+    <t>Out of a sibling to  Commander Harry (2018.g. by Reliable Man-Our Josephina, by Zabeel-Pavlova). 1st Coleraine CupOut of a sibling to  Reliable Jo (2021.f. by Reliable Man-Our Josephina, by Zabeel-Pavlova). 1st Moe RC Ladbrokes Maiden P.Out of a sibling to  Reliable Jo (2021.f. by Reliable Man-Our Josephina, by Zabeel-Pavlova). 1st Seymour RC Insurance Services H.</t>
   </si>
   <si>
     <t>Dubious</t>
   </si>
   <si>
     <t>Electrolytic</t>
   </si>
   <si>
     <t>Closely related to  Autofiction (2022.g. by Dubious-Written, by Written Tycoon-Goldirocks). 1st Toowoomba TC Empire of Japan Maiden H.</t>
   </si>
   <si>
     <t>Elodina</t>
   </si>
   <si>
     <t>Closely related to  Our Akashinga (2021.f. by Exceedance-Interstellar, by Shamoline Warrior-Amathea). 1st Marton JC HR Jones H.</t>
   </si>
   <si>
     <t>Vadamos</t>
   </si>
   <si>
     <t>Empress Elect</t>
   </si>
   <si>
     <t>Closely related to  WITH YOUR BLESSING (2018.g. by Vadamos-Super Trouper, by Darci Brahma-Trouville). 1st ATC (Randwick) Bill Ritchie H. Gr.3Closely related to  WITH YOUR BLESSING (2018.g. by Vadamos-Super Trouper, by Darci Brahma-Trouville). 2nd ATC (Randwick) Show County H. Gr.3Closely related to  WITH YOUR BLESSING (2018.g. by Vadamos-Super Trouper, by Darci Brahma-Trouville). 3rd ATC (Randwick) Tramway S. Gr.2Closely related to  WITH YOUR BLESSING (2018.g. by Vadamos-Super Trouper, by Darci Brahma-Trouville). 3rd ATC (Randwick) Sydney S. Gr.3Closely related to  Super Alana (2019.f. by Belardo-Super Trouper, by Darci Brahma-Trouville). 1st SAJC (Morphettville) Thomas Farms H.Closely related to  Super Alana (2019.f. by Belardo-Super Trouper, by Darci Brahma-Trouville). 1st SAJC (Morphettville) Sportsbet H.</t>
   </si>
@@ -1697,51 +1709,51 @@
   <si>
     <t>Out of a sibling to  ALABAMA LASS (2021.f. by Alabama Express-Tabliope, by Commands-Cliantha). 2nd MVRC (Moonee Valley) AJ Moir S. Gr.1</t>
   </si>
   <si>
     <t>Famous Attraction</t>
   </si>
   <si>
     <t>Closely related to  Astro World (2021.f. by Pierro-Awaken, by Dream Ahead-Mystic Hour). 1st WATC (Ascot) Tiger Big D and Jock H.Closely related to  Enchanted Jenni (2021.f. by Per Incanto-Kechika, by More Than Ready-Fatal Attraction). 1st MRC (Sandown) Sportsbet Maiden P.Closely related to  Enchanted Jenni (2021.f. by Per Incanto-Kechika, by More Than Ready-Fatal Attraction). 1st Southside Racing Fulmen Park H.Closely related to  Impossible Dream (2019.f. by Pierro-Mystical Dream, by Dream Ahead-Mystic Hour). 1st Northam RC Cup Packages Available H.</t>
   </si>
   <si>
     <t>Far Far Away</t>
   </si>
   <si>
     <t>Closely related to  Gospel Girl (2020.f. by Epaulette-Spread the Word, by Denman-Only Words). 1st BRC (Eagle Farm) Darunee Hill H.Closely related to  Royal Scripture (2021.g. by Wrote-Princess Spice, by Keeper-Ma). 1st SAJC (Morphettville) Sportsbet Maiden P.Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC After Party H.Closely related to  Boomtown Chat (2021.g. by Spirit of Boom-Only Words, by End Sweep-What Can I Say). 1st Goulburn DRC Bryant's Pies H.Closely related to  Fast John (2020.g. by Al Maher-Lady Paulina, by Sebring-Lady Atlanta). 1st Leonora JC Tabtouch H.Closely related to  Kirk (2021.g. by Blue Point-Shush, by Redoute's Choice-You Can't Say That). 1st Forbes JC Peter Maher Shearing Services H.Closely related to  Atlanta Gold (2021.f. by Wrote-Atlanta Georgia, by Bullbars-Lady Atlanta). 1st Auckland TR Stella Artois Maiden S.Closely related to  Hasta la Oriental (2021.g. by Alabama Express-Castle Queen, by Thewayyouare-Ma). 1st Coleraine RC Community Bank Maiden P.</t>
   </si>
   <si>
     <t>Felt in Pocket</t>
   </si>
   <si>
     <t>Half-Brother to  Pocketmoney (2021.f. by Neorealism-Felt in Pocket, by Hat Trick-Yes Honey). 1st BRC (Eagle Farm) Ladbrokes P.Half-Brother to  Pocketmoney (2021.f. by Neorealism-Felt in Pocket, by Hat Trick-Yes Honey). 1st BRC (Eagle Farm) Nick Bainbrigge H.Half-Brother to  Pocketmoney (2021.f. by Neorealism-Felt in Pocket, by Hat Trick-Yes Honey). 2nd Ipswich TC (Ipswich) Schweppes P.Half-Brother to  Pocketmoney (2021.f. by Neorealism-Felt in Pocket, by Hat Trick-Yes Honey). 2nd BRC (Doomben) Ladbrokes H.</t>
   </si>
   <si>
     <t>Figlmuller</t>
   </si>
   <si>
-    <t>Closely related to  Profoundly (2022.f. by Farnan-Profound Wisdom, by Al Samer-Ghaliah). 4th ATC (Randwick) Reginald Allen H. LHalf-Brother to  Vienna Lights - Mighty Commander (H.K.) (2020.g. by Artie Schiller-Figlmuller, by Snitzel-Ghaliah). 1st HKJC Hoi Mei H.</t>
+    <t>Closely related to  I Am Belle (2023.f. by I Am Invincible-Ahbelle, by Old Deuteronomy-Ghaliah). 1st CJC Elmwood Tavern 2YO S.Closely related to  Profoundly (2022.f. by Farnan-Profound Wisdom, by Al Samer-Ghaliah). 4th ATC (Randwick) Reginald Allen H. LHalf-Brother to  Vienna Lights - Mighty Commander (H.K.) (2020.g. by Artie Schiller-Figlmuller, by Snitzel-Ghaliah). 1st HKJC Hoi Mei H.Half-Brother to  Vienna Lights - Mighty Commander (H.K.) (2020.g. by Artie Schiller-Figlmuller, by Snitzel-Ghaliah). 3rd HKJC Fife H.</t>
   </si>
   <si>
     <t>Final Hour</t>
   </si>
   <si>
     <t>Closely related to  Astro World (2021.f. by Pierro-Awaken, by Dream Ahead-Mystic Hour). 1st WATC (Ascot) Tiger Big D and Jock H.Closely related to  Impossible Dream (2019.f. by Pierro-Mystical Dream, by Dream Ahead-Mystic Hour). 1st Northam RC Cup Packages Available H.</t>
   </si>
   <si>
     <t>Five Rocks</t>
   </si>
   <si>
     <t>Closely related to  It's a Knockout (2020.f. by Dundeel-Sport Chic, by Redoute's Choice-Cinque). 4th Newcastle JC Tibbie S. Gr.3</t>
   </si>
   <si>
     <t>Wooded</t>
   </si>
   <si>
     <t>Flask</t>
   </si>
   <si>
     <t>From the same family as  WILD CHAP (2016.g. by Toronado-Pipkin, by Gallo di Ferro-Cuplet). 1st Newcastle JC TAB H.</t>
   </si>
   <si>
     <t>Fling</t>
   </si>
@@ -1823,117 +1835,117 @@
   <si>
     <t>From the same family as  Pondalowie (2020.f. by Deep Field-Glorious Red, by Red Element-Glorious Show). 4th VRC (Flemington) Rose of Kingston S. Gr.2</t>
   </si>
   <si>
     <t>Greatest Joy</t>
   </si>
   <si>
     <t>From the same family as  Gerringong (2021.f. by Blue Point-This Time Bridie, by More Than Ready-Deedra). 2nd ATC (Rosehill) Golden Pendant Gr.2From the same family as  Gerringong (2021.f. by Blue Point-This Time Bridie, by More Than Ready-Deedra). 4th MRC (Caulfield) WW Cockram S. Gr.3From the same family as  Gerringong (2021.f. by Blue Point-This Time Bridie, by More Than Ready-Deedra). 4th VRC (Flemington) Tontonan S. LClosely related to  Prepotent (2019.g. by More Than Ready-Joy Toy, by Encosta de Lago-Sunday Joy). 1st Rockhampton JC Justin Stanley Premier Jockey H.Closely related to  Prepotent (2019.g. by More Than Ready-Joy Toy, by Encosta de Lago-Sunday Joy). 1st Townsville TC Hygain H.</t>
   </si>
   <si>
     <t>Half Bak</t>
   </si>
   <si>
     <t>Closely related to  What a Charma (2017.g. by Jimmy Choux-Urulu, by High Chaparral-Bak da Chief). 1st Rotorua RC Staphanos ClassicOut of a sibling to  Pointer (2020.f. by Rip Van Winkle-Bak da Chief, by Chief Bearhart-Havitbak). 1st Te Aroha JC Donaghys Uddermax H.</t>
   </si>
   <si>
     <t>Haliburton</t>
   </si>
   <si>
     <t>Ghaiyyath</t>
   </si>
   <si>
     <t>Hampton Classic</t>
   </si>
   <si>
-    <t>Closely related to  Skadoosh (2022.f. by Valentia-Vandehere, by Dehere-Truly Wicked). 1st SAJC (Morphettville) Sportsbet Maiden P.Half-Brother to  Beaunified (2020.g. by Brazen Beau-Hampton Classic, by Exceed and Excel-Truly Wicked). 1st Mungery APRC Gallagher H.Half-Brother to  Beaunified (2020.g. by Brazen Beau-Hampton Classic, by Exceed and Excel-Truly Wicked). 1st Young Burrangong PRC Keith Simmons Engineering H.Half-Brother to  Beaunified (2020.g. by Brazen Beau-Hampton Classic, by Exceed and Excel-Truly Wicked). 2nd Geurie PRC Pumps and Irrigation H.Closely related to  Villa Castina (2022.f. by Maurice-Villa Rosa, by Exceed and Excel-Truly Wicked). 1st Hawkesbury RC Fowler Civil Contracting Maiden P.</t>
+    <t>Half-Brother to  Lake Agawam (2019.g. by Lonhro-Hampton Classic, by Exceed and Excel-Truly Wicked). 2nd Balaklava RC Sportsbet H.Closely related to  Skadoosh (2022.f. by Valentia-Vandehere, by Dehere-Truly Wicked). 1st SAJC (Morphettville) Sportsbet Maiden P.Half-Brother to  Beaunified (2020.g. by Brazen Beau-Hampton Classic, by Exceed and Excel-Truly Wicked). 1st Mungery APRC Gallagher H.Half-Brother to  Beaunified (2020.g. by Brazen Beau-Hampton Classic, by Exceed and Excel-Truly Wicked). 1st Young Burrangong PRC Keith Simmons Engineering H.Half-Brother to  Beaunified (2020.g. by Brazen Beau-Hampton Classic, by Exceed and Excel-Truly Wicked). 2nd Geurie PRC Pumps and Irrigation H.Closely related to  Villa Castina (2022.f. by Maurice-Villa Rosa, by Exceed and Excel-Truly Wicked). 1st Hawkesbury RC Fowler Civil Contracting Maiden P.</t>
   </si>
   <si>
     <t>Happy Street</t>
   </si>
   <si>
     <t>Half-Brother to  Pleasing (2021.f. by Russian Revolution-Happy Street, by Street Cry-Husskila). 2nd Egmont RC Anna Danielson H.</t>
   </si>
   <si>
     <t>Haraka</t>
   </si>
   <si>
     <t>From the same family as  FLATTEN THE CURVE (2019.g. by Zarak-Lailoma, by Teofilo-Ludiana). 1st Kentucky Downs Bowling Green Gold Cup LClosely related to  Coronado (2019.c. by Practical Joke-Canterita, by Lookin at Lucky-Canter Wells). 1st Concepción Clasico I. Municipalidad de ConcepciónFrom the same family as  Azeezle (2021.g. by Exceed and Excel-Elzeeza, by Hussonet-Lunasong). 2nd CJC Pegasus S. LClosely related to  Constelado (2021.c. by Classic Empire-Cantadita, by Scat Daddy-Canter Wells). 1st Hipódromo Chile Handicap VeritableFrom the same family as  Familly (2022.f. by Goken-Freauville, by Le Havre-Fresles). 3rd Chantilly Grand Prix du Nord LClosely related to  Flowing Atlas (2022.c. by Ectot-Flowing Tide, by Canford Cliffs-Luna Wells). 1st Casablanca Prix OfficianteClosely related to  Terraluna (2022.f. by Gemix-Terravista, by Teofilo-Tierra Luna). 1st Vertou Prix de Nantes Hurdle</t>
   </si>
   <si>
     <t>Brazen Beau</t>
   </si>
   <si>
     <t>High Impulse</t>
   </si>
   <si>
-    <t>From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 1st VRC (Flemington) Maribyrnong P. Gr.3From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 3rd MRC (Caulfield) Debutant S. LClosely related to  Money for Gabriel (2019.c. by Striding Ahead-Sharp Wit, by Dreamscape-Wit Beyond Measure). 1st Metro Manila TC Class 4 H.Closely related to  Money for Gabriel (2019.c. by Striding Ahead-Sharp Wit, by Dreamscape-Wit Beyond Measure). 1st Metro Manila TC Class 5 H.</t>
+    <t>From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 1st VRC (Flemington) Maribyrnong P. Gr.3From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 3rd MRC (Caulfield) Debutant S. LClosely related to  Money for Gabriel (2019.c. by Striding Ahead-Sharp Wit, by Dreamscape-Wit Beyond Measure). 1st Metro Manila TC Class 5 H.Closely related to  Money for Gabriel (2019.c. by Striding Ahead-Sharp Wit, by Dreamscape-Wit Beyond Measure). 1st Metro Manila TC Class 4 H.</t>
   </si>
   <si>
     <t>House of Moet</t>
   </si>
   <si>
     <t>Closely related to  Boom Bang (2019.g. by Smart Missile-Some Girls Do, by More Than Ready-Something Special). 1st SAJC (Morphettville) Skycity H.</t>
   </si>
   <si>
     <t>Ice Baby</t>
   </si>
   <si>
     <t>Half-Brother to  Gardenzio (2019.g. by Menari-Ice Baby, by Stratum-Polar Queen). 1st Cloncurry DRC Joe and Pauline Bakhash Memorial H.Half-Brother to  Gardenzio (2019.g. by Menari-Ice Baby, by Stratum-Polar Queen). 2nd Richmond TC Victoria Cross H.Half-Brother to  Gardenzio (2019.g. by Menari-Ice Baby, by Stratum-Polar Queen). 2nd Richmond TC AJM Pastoral H.Half-Brother to  Gardenzio (2019.g. by Menari-Ice Baby, by Stratum-Polar Queen). 3rd Julia Creek TC AIC Mines H.Brother to  Spice Baby (2022.f. by Tassort-Ice Baby, by Stratum-Polar Queen). 3rd Gosford RC Provincial H.</t>
   </si>
   <si>
     <t>Cool Aza Beel</t>
   </si>
   <si>
     <t>Il Professionale</t>
   </si>
   <si>
     <t>Half-Brother to  Ladies Pro (2022.f. by D'Argento-Il Professionale, by Pierro-O'Perfect One). 1st WATC (Belmont) MCA Polytrack H.Half-Brother to  Ladies Pro (2022.f. by D'Argento-Il Professionale, by Pierro-O'Perfect One). 2nd WATC (Ascot) Swan Draught H.Closely related to  Heiwana Tamashi (2022.c. by Tagaloa-Our Perfect Mare, by Lonhro-O'Perfect One). 1st Bendigo JC Skin Clinic Maiden P.Closely related to  The Perfect One (2021.g. by Capitalist-Our Perfect Mare, by Lonhro-O'Perfect One). 1st Te Aroha JC Harcourts Star Maiden S.</t>
   </si>
   <si>
     <t>Imadreamer</t>
   </si>
   <si>
     <t>Brother to  She's All That (2021.f. by Time Test-Imadreamer, by Per Incanto-A Chance to Dream). 1st Waikato TR Amore Roses H.</t>
   </si>
   <si>
     <t>I'm an Outoftowner</t>
   </si>
   <si>
-    <t>Half-Brother to  Fiorenot (2020.g. by Fiorente-I'm an Outoftowner, by Dane Shadow-Chelsea Rose). 2nd Bendigo JC BRB Electrical H.</t>
+    <t>Half-Brother to  Fiorenot (2020.g. by Fiorente-I'm an Outoftowner, by Dane Shadow-Chelsea Rose). 2nd Bendigo JC BRB Electrical H.Half-Brother to  Fiorenot (2020.g. by Fiorente-I'm an Outoftowner, by Dane Shadow-Chelsea Rose). 3rd MRC Sportsbet H.</t>
   </si>
   <si>
     <t>Imperial Consort</t>
   </si>
   <si>
     <t>Closely related to  Croatian Art (2020.f. by Artie Schiller-Kalabek, by Wanted-Star's Delight). 1st Warracknabeal TC Vale Harold Kemp H.Closely related to  Croatian Art (2020.f. by Artie Schiller-Kalabek, by Wanted-Star's Delight). 1st Tatura RC Carlton Draught H.</t>
   </si>
   <si>
     <t>Indomitable</t>
   </si>
   <si>
-    <t>Closely related to  Talentoso (2020.g. by Tarzino-Dormez Vous, by Rip Van Winkle-Indomitable). 1st Te Aroha JC Jason Roberts Livestock H.Closely related to  Chartin (2018.g. by Tarzino-Sweet Inspiration, by Power-Indomitable). 3rd SAJC (Morphettville) Sportsbet H.Half-Brother to  Capetian (2022.c. by U S Navy Flag-Indomitable, by Danehill-Kwan). 1st Selangor TC Ready to Run H.Half-Brother to  Capetian (2022.c. by U S Navy Flag-Indomitable, by Danehill-Kwan). 1st Selangor TC Restricted Maiden H.Half-Brother to  Capetian (2022.c. by U S Navy Flag-Indomitable, by Danehill-Kwan). 3rd Selangor TC Class 4 H.</t>
+    <t>Closely related to  Talentoso (2020.g. by Tarzino-Dormez Vous, by Rip Van Winkle-Indomitable). 1st Te Aroha JC Jason Roberts Livestock H.Closely related to  Chartin (2018.g. by Tarzino-Sweet Inspiration, by Power-Indomitable). 3rd SAJC (Morphettville) Sportsbet H.Half-Brother to  Capetian (2022.c. by U S Navy Flag-Indomitable, by Danehill-Kwan). 1st Selangor TC Restricted Maiden H.Half-Brother to  Capetian (2022.c. by U S Navy Flag-Indomitable, by Danehill-Kwan). 1st Selangor TC Ready to Run H.Half-Brother to  Capetian (2022.c. by U S Navy Flag-Indomitable, by Danehill-Kwan). 3rd Selangor TC Class 4 H.</t>
   </si>
   <si>
     <t>Influencer</t>
   </si>
   <si>
     <t>Closely related to  Daylight Robbery (2022.c. by Super Seth-Villifye, by O'Reilly-Jacilo). 4th Waikato TR Hawke's Bay Guineas Gr.2Closely related to  Daylight Robbery (2022.c. by Super Seth-Villifye, by O'Reilly-Jacilo). 4th Wanganui Guineas LClosely related to  Light of Plutus (2019.g. by Savabeel-Villifye, by O'Reilly-Jacilo). 1st South Canterbury RC Owners and Trainers Association Maiden S.</t>
   </si>
   <si>
     <t>Inthemidstofbiz</t>
   </si>
   <si>
     <t>From the same family as  Kingsbury Road (2021.g. by Unbridled Express-Glamour Queen, by Artie Schiller-Procure). 1st Horseshoe Indianapolis Strong Tide H.From the same family as  Kingsbury Road (2021.g. by Unbridled Express-Glamour Queen, by Artie Schiller-Procure). 1st Horseshoe Indianapolis AllowanceClosely related to  Bourbon on Fire (2019.g. by Bernardini-Katniss the Victor, by Midnight Lute-Midst). 1st Thistledown ClaimingClosely related to  Indy Road (2023.g. by Upstart-Broome, by Bellamy Road-Midst). 1st Remington Park Maiden Special Weight</t>
   </si>
   <si>
     <t>Invincible Star</t>
   </si>
   <si>
     <t>Half-Sister to  Condone (2022.c. by Justify-Invincible Star, by I Am Invincible-Romany Flyer). 2nd ATC (Canterbury) Irresistible Pools Maiden P.</t>
   </si>
   <si>
     <t>Ipso Facto</t>
   </si>
   <si>
     <t>From the same family as  DEPTH OF CHARACTER (2021.g. by Deep Field-Caricature, by Power-Octapussy). 3rd ATC (Randwick) Bill Ritchie H. Gr.3From the same family as  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland TR Sir Colin Meads Trophy LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2From the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 1st SAJC (Morphettville) Sportsbet H.From the same family as  Savisanta (2022.g. by Savabeel-Not Santa, by Makfi-Pineau). 3rd Geelong Classic L</t>
   </si>
@@ -2108,99 +2120,105 @@
   <si>
     <t>Let's Get Married</t>
   </si>
   <si>
     <t>From the same family as  Valzeina (2023.f. by Persian King-Vertana, by Sinndar-Verzasca). 1st Dortmund Preis der Stadt DortmundFrom the same family as  Valzeina (2023.f. by Persian King-Vertana, by Sinndar-Verzasca). 3rd Baden-Baden Preis der Winterkönigin Gr.3From the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 1st Camarero Maiden ClaimingFrom the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 2nd Camarero Clasico Angel T Cordero Jr LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 2nd Pontefract Flying Fillies' S. LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 3rd Doncaster Wentworth S. LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 4th Ayr Arran Scottish Sprint S. LOut of a sibling to  Venetian (2020.g. by Awtaad-Venetian Beauty, by Lear Fan-Venise). 1st Dundalk Bar One Racing Better on Football H.Half-Brother to  Kidding Me (2021.f. by Yes Yes Yes-Let's Get Married, by Authorized-Venetian Beauty). 2nd Geraldton TC Tarcoola Express Coffee Maiden P.</t>
   </si>
   <si>
     <t>Zoustar</t>
   </si>
   <si>
     <t>Light Up the Room</t>
   </si>
   <si>
     <t>Half-Brother to  Apollo Ridge (2021.g. by Lonhro-Light Up the Room, by So You Think-Aliberani). 2nd Illawarra TC Feel Good Fun Maiden P.</t>
   </si>
   <si>
     <t>Lilikoi</t>
   </si>
   <si>
     <t>From the same family as  DUBAI HONOUR (2018.g. by Pride of Dubai-Mondelice, by Montjeu-Compelling). 2nd Baden-Baden Grosser Preis von Baden Gr.1From the same family as  DUBAI HONOUR (2018.g. by Pride of Dubai-Mondelice, by Montjeu-Compelling). 2nd ParisLongchamp Prix du Conseil de Paris Gr.2From the same family as  TRUTH (2021.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 1st Vaal TC Youcanbetonus S.From the same family as  Trust (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 1st Turffontein De Kock and Sham Families Maiden P.From the same family as  Trust (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 2nd Turffontein Graham Beck S. Gr.3Closely related to  Vega for Luck (2022.c. by Lucky Vega-Badea, by Darci Brahma-Barbadine). 2nd MRC (Caulfield) Caulfield Guineas Prelude Gr.3Half-Brother to  Passiflora (2022.f. by Farnan-Lilikoi, by Charm Spirit-Barbadine). 1st Waikato TR NZ Horse Ambulance Maiden S.Half-Brother to  Passiflora (2022.f. by Farnan-Lilikoi, by Charm Spirit-Barbadine). 3rd BOP RC Armory S.</t>
   </si>
   <si>
     <t>Lillet</t>
   </si>
   <si>
-    <t>Brother to  Hennessy Lad (2019.g. by Belardo-Lillet, by Zabeel-Pernod). 1st Darwin TC Bet365 H.Brother to  Hennessy Lad (2019.g. by Belardo-Lillet, by Zabeel-Pernod). 2nd VRC (Flemington) Australian Trainers' Association H.</t>
+    <t>Brother to  Hennessy Lad (2019.g. by Belardo-Lillet, by Zabeel-Pernod). 1st Darwin TC Bet365 H.Brother to  Hennessy Lad (2019.g. by Belardo-Lillet, by Zabeel-Pernod). 2nd VRC (Flemington) Australian Trainers' Association H.Closely related to  Miss Defies Me (2022.f. by Contributer-Perroquet, by Ocean Park-Pernod). 1st WATC (Belmont) Morley Growers Market Maiden P.</t>
   </si>
   <si>
     <t>Limentis</t>
   </si>
   <si>
     <t>Closely related to  Mofeed (2020.g. by Akeed Mofeed-Empress Zhao, by Swiss Ace-China Choice). 1st Tweed River JC Racing Mates H.</t>
   </si>
   <si>
     <t>Linguist</t>
   </si>
   <si>
     <t>Closely related to  Allande (2018.f. by Street Boss-Daughter O'Fortune, by Hussonet-Vocabulary). 1st Mungery CupClosely related to  Brent Pride (2022.c. by Royal Meeting-Mazneen, by Pride of Dubai-Gold Letter). 1st Metro Manila TC Maiden 3YO+Closely related to  Brent Pride (2022.c. by Royal Meeting-Mazneen, by Pride of Dubai-Gold Letter). 1st Metro Manila TC Class 4 H.</t>
   </si>
   <si>
     <t>Lips of an Angel</t>
   </si>
   <si>
-    <t>Half-Brother to  Thats Charming (2019.g. by Charm Spirit-Lips of an Angel, by Falkirk-Guinevere). 1st CJC Sportnation.nz H.</t>
+    <t>Half-Brother to  Thats Charming (2019.g. by Charm Spirit-Lips of an Angel, by Falkirk-Guinevere). 1st CJC Sportnation.nz H.Half-Brother to  Thats Charming (2019.g. by Charm Spirit-Lips of an Angel, by Falkirk-Guinevere). 3rd CJC Vip Frames H.</t>
   </si>
   <si>
     <t>Lolla Lee Lou</t>
   </si>
   <si>
     <t>Half-Brother to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Berrigan DRC Members and Patrons Maiden P.Half-Brother to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Griffith JC Bearings H.Half-Brother to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 1st Lockhart PRC Ex Serviceman's Club H.Half-Brother to  Loveofmylife (2021.f. by Ace High-Lolla Lee Lou, by Darci Brahma-Young American). 3rd Narrandera RC PCR Building Services Maiden P.</t>
   </si>
   <si>
     <t>Love</t>
   </si>
   <si>
     <t>Out of a sibling to  Brosnan (2019.g. by Snitzel-Supara, by Domesday-Unabated). 1st ATC (Warwick Farm) Casino Prince H.Out of a sibling to  Cherish the Day (2021.f. by Capitalist-Supara, by Domesday-Unabated). 1st Ipswich TC (Ipswich) Gordon's Gin P.Out of a sibling to  Cherish the Day (2021.f. by Capitalist-Supara, by Domesday-Unabated). 1st Ipswich TC (Ipswich) Seven H.From the same family as  Commissions (2020.g. by Xtravagant-Unabated, by Encosta de Lago-Queen Saga). 1st Broome TC Willie Creek Pearl ClassicFrom the same family as  Avonlee (2021.f. by Xtravagant-Unabated, by Encosta de Lago-Queen Saga). 1st Port Macquarie RC MAFS Maiden P.</t>
   </si>
   <si>
     <t>Portland Sky</t>
   </si>
   <si>
     <t>Loyal Hero</t>
   </si>
   <si>
     <t>Half-Brother to  Menzah One (2021.g. by Calyx-Loyal Hero, by Reset-London Calling). 3rd Canberra RC Petstock H.Out of a sibling to  Strummer (2020.g. by Zoustar-London Calling, by Dehere-London Lights). 1st Young Burrangong PRC John and Diana Boyd Memorial Trophy</t>
   </si>
   <si>
     <t>Lunar Light</t>
   </si>
   <si>
     <t>Out of a sibling to  Humble Hero (2021.g. by Akeed Mofeed-Lunar Mist, by Malibu Moon-Misty Rain). 1st Rockhampton JC TAB Maiden P.</t>
   </si>
   <si>
     <t>Ma Belle Ami</t>
+  </si>
+  <si>
+    <t>Madam Woo</t>
+  </si>
+  <si>
+    <t>Closely related to  Melodia Legend (2021.g. by Snitzel-Muzyka, by Danehill Dancer-Music in My Heart). 1st Balaklava RC Sportsbet Maiden P.</t>
   </si>
   <si>
     <t>Majestueux</t>
   </si>
   <si>
     <t>From the same family as  CAVIAR HEIGHTS (2021.g. by Sea the Stars-Cava, by Acclamation-Royal Fizz). 2nd Windsor August S. LHalf-Brother to  Dolly (2020.f. by Xtravagant-Majestueux, by Snitzel-Refugee). 1st Cootamundra TC Riverina Ford H.</t>
   </si>
   <si>
     <t>Malambo</t>
   </si>
   <si>
     <t>From the same family as  Texas Dolly (2020.f. by Ace High-Saveadance, by Savabeel-Dance on Fire). 3rd CJC Pegasus S. L</t>
   </si>
   <si>
     <t>Malibu Fever</t>
   </si>
   <si>
     <t>From the same family as  TAMARA (2021.f. by Bolt d'Oro-Beholder, by Henny Hughes-Leslie's Lady). 1st Santa Anita Chillingworth S. Gr.3Closely related to  BEHOLD THE KING (2023.c. by Not This Time-Behold the Queen, by Animal Kingdom-Victory Party). 1st Gulfstream Park Armed Forces S. LClosely related to  BEHOLD THE KING (2023.c. by Not This Time-Behold the Queen, by Animal Kingdom-Victory Party). 1st Aqueduct Maiden Special WeightOut of a sibling to  Classic Moment (2019.g. by Classic Empire-Victory Party, by Yankee Victor-Leslie's Lady). 1st Remington Park Starter AllowanceClosely related to  Compendium (2022.f. by Constitution-Victory Kingdom, by Animal Kingdom-Victory Party). 1st Remington Park Maiden Special WeightClosely related to  Compendium (2022.f. by Constitution-Victory Kingdom, by Animal Kingdom-Victory Party). 1st Remington Park Allowance</t>
   </si>
   <si>
     <t>Malibu Sunset</t>
   </si>
   <si>
     <t>Out of a sibling to  Yoda's Choice (2020.g. by Good Journey-Unbridled Ambiance, by Unbridled Time-Cabernet Queen). 1st HKJC Tung Chung H.</t>
   </si>
@@ -2651,51 +2669,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D332"/>
+  <dimension ref="A1:D335"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>3</v>
       </c>
       <c r="B1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>1</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
@@ -3557,3798 +3575,3840 @@
         <v>19</v>
       </c>
       <c r="C63" t="s">
         <v>166</v>
       </c>
       <c r="D63" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>86</v>
       </c>
       <c r="B64" t="s">
         <v>168</v>
       </c>
       <c r="C64" t="s">
         <v>169</v>
       </c>
       <c r="D64" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B65" t="s">
         <v>171</v>
       </c>
       <c r="C65" t="s">
         <v>172</v>
       </c>
       <c r="D65" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B66" t="s">
         <v>174</v>
       </c>
       <c r="C66" t="s">
         <v>175</v>
       </c>
       <c r="D66" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B67" t="s">
-        <v>109</v>
+        <v>177</v>
       </c>
       <c r="C67" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D67" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B68" t="s">
-        <v>179</v>
+        <v>109</v>
       </c>
       <c r="C68" t="s">
         <v>180</v>
       </c>
       <c r="D68" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B69" t="s">
         <v>182</v>
       </c>
       <c r="C69" t="s">
         <v>183</v>
       </c>
       <c r="D69" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B70" t="s">
         <v>185</v>
       </c>
       <c r="C70" t="s">
         <v>186</v>
       </c>
       <c r="D70" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B71" t="s">
-        <v>46</v>
+        <v>188</v>
       </c>
       <c r="C71" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D71" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B72" t="s">
-        <v>190</v>
+        <v>46</v>
       </c>
       <c r="C72" t="s">
         <v>191</v>
       </c>
       <c r="D72" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B73" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="C73" t="s">
         <v>193</v>
       </c>
       <c r="D73" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B74" t="s">
+        <v>19</v>
+      </c>
+      <c r="C74" t="s">
         <v>195</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B75" t="s">
-        <v>135</v>
+        <v>197</v>
       </c>
       <c r="C75" t="s">
         <v>198</v>
       </c>
       <c r="D75" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B76" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C76" t="s">
         <v>200</v>
       </c>
       <c r="D76" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B77" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="C77" t="s">
         <v>202</v>
       </c>
       <c r="D77" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B78" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="C78" t="s">
         <v>204</v>
       </c>
       <c r="D78" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B79" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="C79" t="s">
         <v>206</v>
       </c>
       <c r="D79" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B80" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="C80" t="s">
         <v>208</v>
       </c>
       <c r="D80" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B81" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="C81" t="s">
         <v>210</v>
       </c>
       <c r="D81" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B82" t="s">
+        <v>57</v>
+      </c>
+      <c r="C82" t="s">
         <v>212</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B83" t="s">
+        <v>214</v>
+      </c>
+      <c r="C83" t="s">
         <v>215</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B84" t="s">
+        <v>217</v>
+      </c>
+      <c r="C84" t="s">
         <v>218</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B85" t="s">
-        <v>4</v>
+        <v>220</v>
       </c>
       <c r="C85" t="s">
         <v>221</v>
       </c>
       <c r="D85" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B86" t="s">
         <v>223</v>
       </c>
       <c r="C86" t="s">
         <v>224</v>
       </c>
       <c r="D86" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B87" t="s">
-        <v>174</v>
+        <v>4</v>
       </c>
       <c r="C87" t="s">
         <v>226</v>
       </c>
       <c r="D87" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B88" t="s">
         <v>228</v>
       </c>
       <c r="C88" t="s">
         <v>229</v>
       </c>
       <c r="D88" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B89" t="s">
-        <v>19</v>
+        <v>177</v>
       </c>
       <c r="C89" t="s">
         <v>231</v>
       </c>
       <c r="D89" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B90" t="s">
-        <v>64</v>
+        <v>233</v>
       </c>
       <c r="C90" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D90" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>19</v>
       </c>
       <c r="C91" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D91" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B92" t="s">
-        <v>212</v>
+        <v>64</v>
       </c>
       <c r="C92" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D92" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B93" t="s">
-        <v>239</v>
+        <v>188</v>
       </c>
       <c r="C93" t="s">
         <v>240</v>
       </c>
       <c r="D93" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B94" t="s">
+        <v>214</v>
+      </c>
+      <c r="C94" t="s">
         <v>242</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B95" t="s">
-        <v>57</v>
+        <v>244</v>
       </c>
       <c r="C95" t="s">
         <v>245</v>
       </c>
       <c r="D95" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B96" t="s">
         <v>247</v>
       </c>
       <c r="C96" t="s">
         <v>248</v>
       </c>
       <c r="D96" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B97" t="s">
+        <v>57</v>
+      </c>
+      <c r="C97" t="s">
         <v>250</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="B98" t="s">
-        <v>132</v>
+        <v>252</v>
       </c>
       <c r="C98" t="s">
         <v>253</v>
       </c>
       <c r="D98" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B99" t="s">
         <v>255</v>
       </c>
       <c r="C99" t="s">
         <v>256</v>
       </c>
       <c r="D99" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B100" t="s">
-        <v>43</v>
+        <v>132</v>
       </c>
       <c r="C100" t="s">
         <v>258</v>
       </c>
       <c r="D100" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B101" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C101" t="s">
         <v>260</v>
       </c>
       <c r="D101" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B102" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="C102" t="s">
         <v>262</v>
       </c>
       <c r="D102" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B103" t="s">
+        <v>233</v>
+      </c>
+      <c r="C103" t="s">
         <v>264</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B104" t="s">
+        <v>31</v>
+      </c>
+      <c r="C104" t="s">
+        <v>266</v>
+      </c>
+      <c r="D104" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B105" t="s">
-        <v>7</v>
+        <v>268</v>
       </c>
       <c r="C105" t="s">
+        <v>269</v>
+      </c>
+      <c r="D105" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B106" t="s">
-        <v>185</v>
+        <v>271</v>
       </c>
       <c r="C106" t="s">
         <v>272</v>
       </c>
       <c r="D106" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
         <v>274</v>
       </c>
       <c r="D107" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B108" t="s">
-        <v>218</v>
+        <v>188</v>
       </c>
       <c r="C108" t="s">
         <v>276</v>
       </c>
       <c r="D108" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B109" t="s">
-        <v>239</v>
+        <v>7</v>
       </c>
       <c r="C109" t="s">
         <v>278</v>
       </c>
       <c r="D109" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B110" t="s">
-        <v>57</v>
+        <v>220</v>
       </c>
       <c r="C110" t="s">
         <v>280</v>
       </c>
       <c r="D110" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B111" t="s">
+        <v>244</v>
+      </c>
+      <c r="C111" t="s">
         <v>282</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B112" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C112" t="s">
+        <v>284</v>
+      </c>
+      <c r="D112" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B113" t="s">
-        <v>132</v>
+        <v>286</v>
       </c>
       <c r="C113" t="s">
         <v>287</v>
       </c>
       <c r="D113" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B114" t="s">
+        <v>40</v>
+      </c>
+      <c r="C114" t="s">
         <v>289</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B115" t="s">
-        <v>31</v>
+        <v>132</v>
       </c>
       <c r="C115" t="s">
+        <v>291</v>
+      </c>
+      <c r="D115" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B116" t="s">
+        <v>293</v>
+      </c>
+      <c r="C116" t="s">
         <v>294</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B117" t="s">
-        <v>212</v>
+        <v>31</v>
       </c>
       <c r="C117" t="s">
+        <v>296</v>
+      </c>
+      <c r="D117" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B118" t="s">
+        <v>298</v>
+      </c>
+      <c r="C118" t="s">
         <v>299</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B119" t="s">
-        <v>90</v>
+        <v>214</v>
       </c>
       <c r="C119" t="s">
+        <v>301</v>
+      </c>
+      <c r="D119" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B120" t="s">
-        <v>16</v>
+        <v>303</v>
       </c>
       <c r="C120" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D120" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B121" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="C121" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D121" t="s">
-        <v>306</v>
+        <v>117</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B122" t="s">
-        <v>264</v>
+        <v>16</v>
       </c>
       <c r="C122" t="s">
         <v>307</v>
       </c>
       <c r="D122" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B123" t="s">
-        <v>127</v>
+        <v>109</v>
       </c>
       <c r="C123" t="s">
         <v>309</v>
       </c>
       <c r="D123" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B124" t="s">
+        <v>268</v>
+      </c>
+      <c r="C124" t="s">
         <v>311</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B125" t="s">
-        <v>174</v>
+        <v>127</v>
       </c>
       <c r="C125" t="s">
+        <v>313</v>
+      </c>
+      <c r="D125" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B126" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="C126" t="s">
         <v>316</v>
       </c>
       <c r="D126" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B127" t="s">
+        <v>177</v>
+      </c>
+      <c r="C127" t="s">
         <v>318</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B128" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="C128" t="s">
+        <v>320</v>
+      </c>
+      <c r="D128" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B129" t="s">
-        <v>174</v>
+        <v>322</v>
       </c>
       <c r="C129" t="s">
         <v>323</v>
       </c>
       <c r="D129" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B130" t="s">
         <v>43</v>
       </c>
       <c r="C130" t="s">
         <v>325</v>
       </c>
       <c r="D130" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B131" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="C131" t="s">
         <v>327</v>
       </c>
       <c r="D131" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B132" t="s">
+        <v>43</v>
+      </c>
+      <c r="C132" t="s">
         <v>329</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B133" t="s">
+        <v>188</v>
+      </c>
+      <c r="C133" t="s">
+        <v>331</v>
+      </c>
+      <c r="D133" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B134" t="s">
-        <v>7</v>
+        <v>333</v>
       </c>
       <c r="C134" t="s">
+        <v>334</v>
+      </c>
+      <c r="D134" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B135" t="s">
+        <v>336</v>
+      </c>
+      <c r="C135" t="s">
         <v>337</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B136" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C136" t="s">
+        <v>339</v>
+      </c>
+      <c r="D136" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B137" t="s">
-        <v>57</v>
+        <v>341</v>
       </c>
       <c r="C137" t="s">
         <v>342</v>
       </c>
       <c r="D137" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B138" t="s">
-        <v>182</v>
+        <v>19</v>
       </c>
       <c r="C138" t="s">
         <v>344</v>
       </c>
       <c r="D138" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B139" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="C139" t="s">
         <v>346</v>
       </c>
       <c r="D139" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B140" t="s">
-        <v>289</v>
+        <v>185</v>
       </c>
       <c r="C140" t="s">
         <v>348</v>
       </c>
       <c r="D140" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B141" t="s">
-        <v>223</v>
+        <v>72</v>
       </c>
       <c r="C141" t="s">
         <v>350</v>
       </c>
       <c r="D141" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B142" t="s">
-        <v>90</v>
+        <v>293</v>
       </c>
       <c r="C142" t="s">
         <v>352</v>
       </c>
       <c r="D142" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B143" t="s">
+        <v>228</v>
+      </c>
+      <c r="C143" t="s">
         <v>354</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B144" t="s">
         <v>90</v>
       </c>
       <c r="C144" t="s">
+        <v>356</v>
+      </c>
+      <c r="D144" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B145" t="s">
+        <v>358</v>
+      </c>
+      <c r="C145" t="s">
         <v>359</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B146" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="C146" t="s">
+        <v>361</v>
+      </c>
+      <c r="D146" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B147" t="s">
-        <v>34</v>
+        <v>363</v>
       </c>
       <c r="C147" t="s">
         <v>364</v>
       </c>
       <c r="D147" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B148" t="s">
-        <v>255</v>
+        <v>127</v>
       </c>
       <c r="C148" t="s">
         <v>366</v>
       </c>
       <c r="D148" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B149" t="s">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="C149" t="s">
         <v>368</v>
       </c>
       <c r="D149" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B150" t="s">
-        <v>132</v>
+        <v>223</v>
       </c>
       <c r="C150" t="s">
         <v>370</v>
       </c>
       <c r="D150" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B151" t="s">
-        <v>267</v>
+        <v>4</v>
       </c>
       <c r="C151" t="s">
         <v>372</v>
       </c>
       <c r="D151" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B152" t="s">
-        <v>354</v>
+        <v>132</v>
       </c>
       <c r="C152" t="s">
         <v>374</v>
       </c>
       <c r="D152" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B153" t="s">
+        <v>271</v>
+      </c>
+      <c r="C153" t="s">
         <v>376</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B154" t="s">
+        <v>358</v>
+      </c>
+      <c r="C154" t="s">
+        <v>378</v>
+      </c>
+      <c r="D154" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B155" t="s">
-        <v>218</v>
+        <v>380</v>
       </c>
       <c r="C155" t="s">
+        <v>381</v>
+      </c>
+      <c r="D155" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B156" t="s">
-        <v>223</v>
+        <v>383</v>
       </c>
       <c r="C156" t="s">
         <v>384</v>
       </c>
       <c r="D156" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B157" t="s">
-        <v>7</v>
+        <v>220</v>
       </c>
       <c r="C157" t="s">
         <v>386</v>
       </c>
       <c r="D157" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="B158" t="s">
-        <v>57</v>
+        <v>228</v>
       </c>
       <c r="C158" t="s">
         <v>388</v>
       </c>
       <c r="D158" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B159" t="s">
-        <v>112</v>
+        <v>7</v>
       </c>
       <c r="C159" t="s">
         <v>390</v>
       </c>
       <c r="D159" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B160" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="C160" t="s">
         <v>392</v>
       </c>
       <c r="D160" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B161" t="s">
-        <v>57</v>
+        <v>112</v>
       </c>
       <c r="C161" t="s">
         <v>394</v>
       </c>
       <c r="D161" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B162" t="s">
-        <v>332</v>
+        <v>132</v>
       </c>
       <c r="C162" t="s">
         <v>396</v>
       </c>
       <c r="D162" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B163" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="C163" t="s">
         <v>398</v>
       </c>
       <c r="D163" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B164" t="s">
-        <v>135</v>
+        <v>336</v>
       </c>
       <c r="C164" t="s">
         <v>400</v>
       </c>
       <c r="D164" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B165" t="s">
+        <v>149</v>
+      </c>
+      <c r="C165" t="s">
         <v>402</v>
       </c>
-      <c r="C165" t="s">
+      <c r="D165" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B166" t="s">
+        <v>135</v>
+      </c>
+      <c r="C166" t="s">
+        <v>404</v>
+      </c>
+      <c r="D166" t="s">
         <v>405</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B167" t="s">
-        <v>105</v>
+        <v>406</v>
       </c>
       <c r="C167" t="s">
+        <v>407</v>
+      </c>
+      <c r="D167" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B168" t="s">
+        <v>409</v>
+      </c>
+      <c r="C168" t="s">
         <v>410</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B169" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C169" t="s">
+        <v>412</v>
+      </c>
+      <c r="D169" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B170" t="s">
+        <v>414</v>
+      </c>
+      <c r="C170" t="s">
         <v>415</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B171" t="s">
-        <v>223</v>
+        <v>109</v>
       </c>
       <c r="C171" t="s">
+        <v>417</v>
+      </c>
+      <c r="D171" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B172" t="s">
-        <v>127</v>
+        <v>419</v>
       </c>
       <c r="C172" t="s">
         <v>420</v>
       </c>
       <c r="D172" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B173" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="C173" t="s">
         <v>422</v>
       </c>
       <c r="D173" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B174" t="s">
-        <v>223</v>
+        <v>127</v>
       </c>
       <c r="C174" t="s">
         <v>424</v>
       </c>
       <c r="D174" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B175" t="s">
+        <v>177</v>
+      </c>
+      <c r="C175" t="s">
         <v>426</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B176" t="s">
+        <v>228</v>
+      </c>
+      <c r="C176" t="s">
+        <v>428</v>
+      </c>
+      <c r="D176" t="s">
         <v>429</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B177" t="s">
-        <v>57</v>
+        <v>430</v>
       </c>
       <c r="C177" t="s">
+        <v>431</v>
+      </c>
+      <c r="D177" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B178" t="s">
-        <v>289</v>
+        <v>433</v>
       </c>
       <c r="C178" t="s">
         <v>434</v>
       </c>
       <c r="D178" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B179" t="s">
+        <v>57</v>
+      </c>
+      <c r="C179" t="s">
         <v>436</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B180" t="s">
-        <v>436</v>
+        <v>293</v>
       </c>
       <c r="C180" t="s">
+        <v>438</v>
+      </c>
+      <c r="D180" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B181" t="s">
-        <v>19</v>
+        <v>440</v>
       </c>
       <c r="C181" t="s">
         <v>441</v>
       </c>
       <c r="D181" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B182" t="s">
+        <v>440</v>
+      </c>
+      <c r="C182" t="s">
         <v>443</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B183" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="C183" t="s">
+        <v>445</v>
+      </c>
+      <c r="D183" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B184" t="s">
-        <v>149</v>
+        <v>447</v>
       </c>
       <c r="C184" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D184" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B185" t="s">
-        <v>190</v>
+        <v>132</v>
       </c>
       <c r="C185" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D185" t="s">
-        <v>450</v>
+        <v>401</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B186" t="s">
-        <v>16</v>
+        <v>149</v>
       </c>
       <c r="C186" t="s">
         <v>451</v>
       </c>
       <c r="D186" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B187" t="s">
-        <v>7</v>
+        <v>171</v>
       </c>
       <c r="C187" t="s">
         <v>453</v>
       </c>
       <c r="D187" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B188" t="s">
+        <v>16</v>
+      </c>
+      <c r="C188" t="s">
         <v>455</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B189" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C189" t="s">
+        <v>457</v>
+      </c>
+      <c r="D189" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B190" t="s">
-        <v>174</v>
+        <v>459</v>
       </c>
       <c r="C190" t="s">
         <v>460</v>
       </c>
       <c r="D190" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B191" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="C191" t="s">
         <v>462</v>
       </c>
       <c r="D191" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B192" t="s">
-        <v>138</v>
+        <v>177</v>
       </c>
       <c r="C192" t="s">
         <v>464</v>
       </c>
       <c r="D192" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B193" t="s">
-        <v>337</v>
+        <v>105</v>
       </c>
       <c r="C193" t="s">
         <v>466</v>
       </c>
       <c r="D193" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B194" t="s">
+        <v>138</v>
+      </c>
+      <c r="C194" t="s">
         <v>468</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B195" t="s">
-        <v>185</v>
+        <v>341</v>
       </c>
       <c r="C195" t="s">
+        <v>470</v>
+      </c>
+      <c r="D195" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B196" t="s">
+        <v>472</v>
+      </c>
+      <c r="C196" t="s">
         <v>473</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B197" t="s">
+        <v>188</v>
+      </c>
+      <c r="C197" t="s">
+        <v>475</v>
+      </c>
+      <c r="D197" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B198" t="s">
+        <v>477</v>
+      </c>
+      <c r="C198" t="s">
+        <v>478</v>
+      </c>
+      <c r="D198" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B199" t="s">
-        <v>255</v>
+        <v>480</v>
       </c>
       <c r="C199" t="s">
+        <v>481</v>
+      </c>
+      <c r="D199" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B200" t="s">
-        <v>34</v>
+        <v>483</v>
       </c>
       <c r="C200" t="s">
         <v>484</v>
       </c>
       <c r="D200" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B201" t="s">
-        <v>376</v>
+        <v>223</v>
       </c>
       <c r="C201" t="s">
         <v>486</v>
       </c>
       <c r="D201" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B202" t="s">
-        <v>329</v>
+        <v>34</v>
       </c>
       <c r="C202" t="s">
         <v>488</v>
       </c>
       <c r="D202" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B203" t="s">
-        <v>174</v>
+        <v>380</v>
       </c>
       <c r="C203" t="s">
         <v>490</v>
       </c>
       <c r="D203" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B204" t="s">
+        <v>333</v>
+      </c>
+      <c r="C204" t="s">
         <v>492</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B205" t="s">
-        <v>115</v>
+        <v>177</v>
       </c>
       <c r="C205" t="s">
+        <v>494</v>
+      </c>
+      <c r="D205" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B206" t="s">
-        <v>13</v>
+        <v>496</v>
       </c>
       <c r="C206" t="s">
         <v>497</v>
       </c>
       <c r="D206" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B207" t="s">
-        <v>223</v>
+        <v>115</v>
       </c>
       <c r="C207" t="s">
         <v>499</v>
       </c>
       <c r="D207" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B208" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C208" t="s">
         <v>501</v>
       </c>
       <c r="D208" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B209" t="s">
-        <v>13</v>
+        <v>228</v>
       </c>
       <c r="C209" t="s">
         <v>503</v>
       </c>
       <c r="D209" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B210" t="s">
-        <v>120</v>
+        <v>57</v>
       </c>
       <c r="C210" t="s">
         <v>505</v>
       </c>
       <c r="D210" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B211" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="C211" t="s">
         <v>507</v>
       </c>
       <c r="D211" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B212" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="C212" t="s">
         <v>509</v>
       </c>
       <c r="D212" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B213" t="s">
-        <v>52</v>
+        <v>182</v>
       </c>
       <c r="C213" t="s">
         <v>511</v>
       </c>
       <c r="D213" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B214" t="s">
-        <v>255</v>
+        <v>13</v>
       </c>
       <c r="C214" t="s">
         <v>513</v>
       </c>
       <c r="D214" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B215" t="s">
+        <v>52</v>
+      </c>
+      <c r="C215" t="s">
         <v>515</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B216" t="s">
-        <v>16</v>
+        <v>223</v>
       </c>
       <c r="C216" t="s">
+        <v>517</v>
+      </c>
+      <c r="D216" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B217" t="s">
-        <v>37</v>
+        <v>519</v>
       </c>
       <c r="C217" t="s">
         <v>520</v>
       </c>
       <c r="D217" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B218" t="s">
-        <v>247</v>
+        <v>16</v>
       </c>
       <c r="C218" t="s">
         <v>522</v>
       </c>
       <c r="D218" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B219" t="s">
-        <v>212</v>
+        <v>37</v>
       </c>
       <c r="C219" t="s">
         <v>524</v>
       </c>
       <c r="D219" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B220" t="s">
-        <v>223</v>
+        <v>252</v>
       </c>
       <c r="C220" t="s">
         <v>526</v>
       </c>
       <c r="D220" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B221" t="s">
-        <v>7</v>
+        <v>214</v>
       </c>
       <c r="C221" t="s">
         <v>528</v>
       </c>
       <c r="D221" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="B222" t="s">
+        <v>228</v>
+      </c>
+      <c r="C222" t="s">
         <v>530</v>
       </c>
-      <c r="C222" t="s">
+      <c r="D222" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B223" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C223" t="s">
+        <v>532</v>
+      </c>
+      <c r="D223" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B224" t="s">
+        <v>534</v>
+      </c>
+      <c r="C224" t="s">
         <v>535</v>
       </c>
-      <c r="C224" t="s">
+      <c r="D224" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B225" t="s">
+        <v>19</v>
+      </c>
+      <c r="C225" t="s">
+        <v>537</v>
+      </c>
+      <c r="D225" t="s">
         <v>538</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B226" t="s">
-        <v>7</v>
+        <v>539</v>
       </c>
       <c r="C226" t="s">
+        <v>540</v>
+      </c>
+      <c r="D226" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B227" t="s">
+        <v>542</v>
+      </c>
+      <c r="C227" t="s">
         <v>543</v>
       </c>
-      <c r="C227" t="s">
+      <c r="D227" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B228" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="C228" t="s">
+        <v>545</v>
+      </c>
+      <c r="D228" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B229" t="s">
-        <v>100</v>
+        <v>547</v>
       </c>
       <c r="C229" t="s">
         <v>548</v>
       </c>
       <c r="D229" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B230" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="C230" t="s">
         <v>550</v>
       </c>
       <c r="D230" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B231" t="s">
-        <v>332</v>
+        <v>100</v>
       </c>
       <c r="C231" t="s">
         <v>552</v>
       </c>
       <c r="D231" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B232" t="s">
-        <v>255</v>
+        <v>228</v>
       </c>
       <c r="C232" t="s">
         <v>554</v>
       </c>
       <c r="D232" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B233" t="s">
-        <v>479</v>
+        <v>336</v>
       </c>
       <c r="C233" t="s">
         <v>556</v>
       </c>
       <c r="D233" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B234" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="C234" t="s">
         <v>558</v>
       </c>
       <c r="D234" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B235" t="s">
-        <v>332</v>
+        <v>483</v>
       </c>
       <c r="C235" t="s">
         <v>560</v>
       </c>
       <c r="D235" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B236" t="s">
-        <v>100</v>
+        <v>252</v>
       </c>
       <c r="C236" t="s">
         <v>562</v>
       </c>
       <c r="D236" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B237" t="s">
-        <v>46</v>
+        <v>336</v>
       </c>
       <c r="C237" t="s">
         <v>564</v>
       </c>
       <c r="D237" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B238" t="s">
+        <v>100</v>
+      </c>
+      <c r="C238" t="s">
         <v>566</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B239" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="C239" t="s">
+        <v>568</v>
+      </c>
+      <c r="D239" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B240" t="s">
-        <v>185</v>
+        <v>570</v>
       </c>
       <c r="C240" t="s">
         <v>571</v>
       </c>
       <c r="D240" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B241" t="s">
-        <v>239</v>
+        <v>72</v>
       </c>
       <c r="C241" t="s">
         <v>573</v>
       </c>
       <c r="D241" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B242" t="s">
-        <v>127</v>
+        <v>188</v>
       </c>
       <c r="C242" t="s">
         <v>575</v>
       </c>
       <c r="D242" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B243" t="s">
-        <v>43</v>
+        <v>244</v>
       </c>
       <c r="C243" t="s">
         <v>577</v>
       </c>
       <c r="D243" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B244" t="s">
+        <v>127</v>
+      </c>
+      <c r="C244" t="s">
         <v>579</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B245" t="s">
-        <v>354</v>
+        <v>43</v>
       </c>
       <c r="C245" t="s">
+        <v>581</v>
+      </c>
+      <c r="D245" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B246" t="s">
-        <v>212</v>
+        <v>583</v>
       </c>
       <c r="C246" t="s">
         <v>584</v>
       </c>
       <c r="D246" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B247" t="s">
-        <v>19</v>
+        <v>358</v>
       </c>
       <c r="C247" t="s">
         <v>586</v>
       </c>
       <c r="D247" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B248" t="s">
-        <v>538</v>
+        <v>214</v>
       </c>
       <c r="C248" t="s">
         <v>588</v>
       </c>
       <c r="D248" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B249" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="C249" t="s">
         <v>590</v>
       </c>
       <c r="D249" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B250" t="s">
-        <v>436</v>
+        <v>542</v>
       </c>
       <c r="C250" t="s">
         <v>592</v>
       </c>
       <c r="D250" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B251" t="s">
-        <v>223</v>
+        <v>37</v>
       </c>
       <c r="C251" t="s">
         <v>594</v>
       </c>
       <c r="D251" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B252" t="s">
-        <v>77</v>
+        <v>440</v>
       </c>
       <c r="C252" t="s">
         <v>596</v>
       </c>
       <c r="D252" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B253" t="s">
-        <v>120</v>
+        <v>228</v>
       </c>
       <c r="C253" t="s">
         <v>598</v>
       </c>
       <c r="D253" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B254" t="s">
-        <v>185</v>
+        <v>77</v>
       </c>
       <c r="C254" t="s">
         <v>600</v>
       </c>
       <c r="D254" t="s">
-        <v>527</v>
+        <v>601</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B255" t="s">
-        <v>601</v>
+        <v>120</v>
       </c>
       <c r="C255" t="s">
         <v>602</v>
       </c>
       <c r="D255" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B256" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C256" t="s">
         <v>604</v>
       </c>
       <c r="D256" t="s">
-        <v>605</v>
+        <v>531</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B257" t="s">
-        <v>179</v>
+        <v>605</v>
       </c>
       <c r="C257" t="s">
         <v>606</v>
       </c>
       <c r="D257" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B258" t="s">
+        <v>188</v>
+      </c>
+      <c r="C258" t="s">
         <v>608</v>
       </c>
-      <c r="C258" t="s">
+      <c r="D258" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="B259" t="s">
-        <v>535</v>
+        <v>182</v>
       </c>
       <c r="C259" t="s">
+        <v>610</v>
+      </c>
+      <c r="D259" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B260" t="s">
-        <v>242</v>
+        <v>612</v>
       </c>
       <c r="C260" t="s">
         <v>613</v>
       </c>
       <c r="D260" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B261" t="s">
+        <v>539</v>
+      </c>
+      <c r="C261" t="s">
         <v>615</v>
       </c>
-      <c r="C261" t="s">
+      <c r="D261" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B262" t="s">
-        <v>37</v>
+        <v>247</v>
       </c>
       <c r="C262" t="s">
+        <v>617</v>
+      </c>
+      <c r="D262" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="B263" t="s">
-        <v>215</v>
+        <v>619</v>
       </c>
       <c r="C263" t="s">
         <v>620</v>
       </c>
       <c r="D263" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B264" t="s">
-        <v>543</v>
+        <v>37</v>
       </c>
       <c r="C264" t="s">
         <v>622</v>
       </c>
       <c r="D264" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B265" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="C265" t="s">
         <v>624</v>
       </c>
       <c r="D265" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B266" t="s">
-        <v>127</v>
+        <v>547</v>
       </c>
       <c r="C266" t="s">
         <v>626</v>
       </c>
       <c r="D266" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B267" t="s">
-        <v>218</v>
+        <v>16</v>
       </c>
       <c r="C267" t="s">
         <v>628</v>
       </c>
       <c r="D267" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B268" t="s">
-        <v>415</v>
+        <v>127</v>
       </c>
       <c r="C268" t="s">
         <v>630</v>
       </c>
       <c r="D268" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B269" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="C269" t="s">
         <v>632</v>
       </c>
       <c r="D269" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B270" t="s">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="C270" t="s">
         <v>634</v>
       </c>
       <c r="D270" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B271" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="C271" t="s">
         <v>636</v>
       </c>
       <c r="D271" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B272" t="s">
-        <v>379</v>
+        <v>409</v>
       </c>
       <c r="C272" t="s">
         <v>638</v>
       </c>
       <c r="D272" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B273" t="s">
-        <v>410</v>
+        <v>132</v>
       </c>
       <c r="C273" t="s">
         <v>640</v>
       </c>
       <c r="D273" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B274" t="s">
-        <v>608</v>
+        <v>383</v>
       </c>
       <c r="C274" t="s">
         <v>642</v>
       </c>
       <c r="D274" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B275" t="s">
-        <v>132</v>
+        <v>414</v>
       </c>
       <c r="C275" t="s">
         <v>644</v>
       </c>
       <c r="D275" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B276" t="s">
-        <v>379</v>
+        <v>612</v>
       </c>
       <c r="C276" t="s">
         <v>646</v>
       </c>
       <c r="D276" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B277" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="C277" t="s">
         <v>648</v>
       </c>
       <c r="D277" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B278" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="C278" t="s">
         <v>650</v>
       </c>
       <c r="D278" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B279" t="s">
-        <v>337</v>
+        <v>34</v>
       </c>
       <c r="C279" t="s">
         <v>652</v>
       </c>
       <c r="D279" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B280" t="s">
-        <v>376</v>
+        <v>430</v>
       </c>
       <c r="C280" t="s">
         <v>654</v>
       </c>
       <c r="D280" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B281" t="s">
-        <v>132</v>
+        <v>341</v>
       </c>
       <c r="C281" t="s">
         <v>656</v>
       </c>
       <c r="D281" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B282" t="s">
+        <v>380</v>
+      </c>
+      <c r="C282" t="s">
         <v>658</v>
       </c>
-      <c r="C282" t="s">
+      <c r="D282" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B283" t="s">
-        <v>247</v>
+        <v>132</v>
       </c>
       <c r="C283" t="s">
+        <v>660</v>
+      </c>
+      <c r="D283" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B284" t="s">
+        <v>662</v>
+      </c>
+      <c r="C284" t="s">
         <v>663</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B285" t="s">
-        <v>25</v>
+        <v>252</v>
       </c>
       <c r="C285" t="s">
+        <v>665</v>
+      </c>
+      <c r="D285" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B286" t="s">
-        <v>329</v>
+        <v>667</v>
       </c>
       <c r="C286" t="s">
         <v>668</v>
       </c>
       <c r="D286" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B287" t="s">
-        <v>402</v>
+        <v>25</v>
       </c>
       <c r="C287" t="s">
         <v>670</v>
       </c>
       <c r="D287" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="B288" t="s">
-        <v>34</v>
+        <v>333</v>
       </c>
       <c r="C288" t="s">
         <v>672</v>
       </c>
       <c r="D288" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B289" t="s">
-        <v>4</v>
+        <v>406</v>
       </c>
       <c r="C289" t="s">
         <v>674</v>
       </c>
       <c r="D289" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B290" t="s">
-        <v>289</v>
+        <v>34</v>
       </c>
       <c r="C290" t="s">
         <v>676</v>
       </c>
       <c r="D290" t="s">
-        <v>397</v>
+        <v>677</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B291" t="s">
-        <v>289</v>
+        <v>4</v>
       </c>
       <c r="C291" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D291" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B292" t="s">
-        <v>25</v>
+        <v>293</v>
       </c>
       <c r="C292" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D292" t="s">
-        <v>680</v>
+        <v>401</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="B293" t="s">
-        <v>100</v>
+        <v>293</v>
       </c>
       <c r="C293" t="s">
         <v>681</v>
       </c>
       <c r="D293" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B294" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="C294" t="s">
         <v>683</v>
       </c>
       <c r="D294" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="B295" t="s">
-        <v>515</v>
+        <v>100</v>
       </c>
       <c r="C295" t="s">
         <v>685</v>
       </c>
       <c r="D295" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B296" t="s">
+        <v>100</v>
+      </c>
+      <c r="C296" t="s">
         <v>687</v>
       </c>
-      <c r="C296" t="s">
+      <c r="D296" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="B297" t="s">
-        <v>289</v>
+        <v>519</v>
       </c>
       <c r="C297" t="s">
+        <v>689</v>
+      </c>
+      <c r="D297" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B298" t="s">
+        <v>691</v>
+      </c>
+      <c r="C298" t="s">
         <v>692</v>
       </c>
-      <c r="C298" t="s">
+      <c r="D298" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B299" t="s">
-        <v>77</v>
+        <v>293</v>
       </c>
       <c r="C299" t="s">
+        <v>694</v>
+      </c>
+      <c r="D299" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B300" t="s">
-        <v>429</v>
+        <v>696</v>
       </c>
       <c r="C300" t="s">
         <v>697</v>
       </c>
       <c r="D300" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B301" t="s">
-        <v>223</v>
+        <v>77</v>
       </c>
       <c r="C301" t="s">
         <v>699</v>
       </c>
       <c r="D301" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B302" t="s">
-        <v>332</v>
+        <v>433</v>
       </c>
       <c r="C302" t="s">
         <v>701</v>
       </c>
       <c r="D302" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B303" t="s">
-        <v>120</v>
+        <v>228</v>
       </c>
       <c r="C303" t="s">
         <v>703</v>
       </c>
       <c r="D303" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B304" t="s">
-        <v>64</v>
+        <v>336</v>
       </c>
       <c r="C304" t="s">
         <v>705</v>
       </c>
       <c r="D304" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B305" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="C305" t="s">
         <v>707</v>
       </c>
       <c r="D305" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B306" t="s">
+        <v>64</v>
+      </c>
+      <c r="C306" t="s">
         <v>709</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B307" t="s">
-        <v>135</v>
+        <v>80</v>
       </c>
       <c r="C307" t="s">
+        <v>711</v>
+      </c>
+      <c r="D307" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B308" t="s">
-        <v>282</v>
+        <v>713</v>
       </c>
       <c r="C308" t="s">
         <v>714</v>
       </c>
       <c r="D308" t="s">
-        <v>595</v>
+        <v>715</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B309" t="s">
-        <v>402</v>
+        <v>135</v>
       </c>
       <c r="C309" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D309" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="B310" t="s">
-        <v>40</v>
+        <v>286</v>
       </c>
       <c r="C310" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D310" t="s">
-        <v>718</v>
+        <v>599</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="B311" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C311" t="s">
         <v>719</v>
       </c>
       <c r="D311" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B312" t="s">
-        <v>46</v>
+        <v>406</v>
       </c>
       <c r="C312" t="s">
         <v>721</v>
       </c>
       <c r="D312" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B313" t="s">
+        <v>40</v>
+      </c>
+      <c r="C313" t="s">
         <v>723</v>
       </c>
-      <c r="C313" t="s">
+      <c r="D313" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B314" t="s">
-        <v>57</v>
+        <v>112</v>
       </c>
       <c r="C314" t="s">
+        <v>725</v>
+      </c>
+      <c r="D314" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B315" t="s">
-        <v>223</v>
+        <v>46</v>
       </c>
       <c r="C315" t="s">
         <v>727</v>
       </c>
       <c r="D315" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B316" t="s">
-        <v>255</v>
+        <v>729</v>
       </c>
       <c r="C316" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D316" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="B317" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="C317" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D317" t="s">
-        <v>732</v>
+        <v>59</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B318" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="C318" t="s">
         <v>733</v>
       </c>
       <c r="D318" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B319" t="s">
         <v>223</v>
       </c>
       <c r="C319" t="s">
         <v>735</v>
       </c>
       <c r="D319" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B320" t="s">
-        <v>405</v>
+        <v>132</v>
       </c>
       <c r="C320" t="s">
         <v>737</v>
       </c>
       <c r="D320" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="B321" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="C321" t="s">
         <v>739</v>
       </c>
       <c r="D321" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="B322" t="s">
-        <v>337</v>
+        <v>228</v>
       </c>
       <c r="C322" t="s">
         <v>741</v>
       </c>
       <c r="D322" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B323" t="s">
-        <v>359</v>
+        <v>409</v>
       </c>
       <c r="C323" t="s">
         <v>743</v>
       </c>
       <c r="D323" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B324" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
       <c r="C324" t="s">
         <v>745</v>
       </c>
       <c r="D324" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="B325" t="s">
-        <v>7</v>
+        <v>341</v>
       </c>
       <c r="C325" t="s">
         <v>747</v>
       </c>
       <c r="D325" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B326" t="s">
+        <v>363</v>
+      </c>
+      <c r="C326" t="s">
         <v>749</v>
       </c>
-      <c r="C326" t="s">
+      <c r="D326" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B327" t="s">
-        <v>16</v>
+        <v>223</v>
       </c>
       <c r="C327" t="s">
+        <v>751</v>
+      </c>
+      <c r="D327" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="B328" t="s">
-        <v>267</v>
+        <v>7</v>
       </c>
       <c r="C328" t="s">
+        <v>753</v>
+      </c>
+      <c r="D328" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="B329" t="s">
-        <v>77</v>
+        <v>755</v>
       </c>
       <c r="C329" t="s">
         <v>756</v>
       </c>
       <c r="D329" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="B330" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="C330" t="s">
         <v>758</v>
       </c>
       <c r="D330" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="B331" t="s">
-        <v>7</v>
+        <v>271</v>
       </c>
       <c r="C331" t="s">
         <v>760</v>
       </c>
       <c r="D331" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="B332" t="s">
-        <v>709</v>
+        <v>77</v>
       </c>
       <c r="C332" t="s">
         <v>762</v>
       </c>
       <c r="D332" t="s">
         <v>763</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333">
+        <v>474</v>
+      </c>
+      <c r="B333" t="s">
+        <v>7</v>
+      </c>
+      <c r="C333" t="s">
+        <v>764</v>
+      </c>
+      <c r="D333" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334">
+        <v>475</v>
+      </c>
+      <c r="B334" t="s">
+        <v>7</v>
+      </c>
+      <c r="C334" t="s">
+        <v>766</v>
+      </c>
+      <c r="D334" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335">
+        <v>479</v>
+      </c>
+      <c r="B335" t="s">
+        <v>713</v>
+      </c>
+      <c r="C335" t="s">
+        <v>768</v>
+      </c>
+      <c r="D335" t="s">
+        <v>769</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">