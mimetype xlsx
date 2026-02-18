--- v0 (2026-01-09)
+++ v1 (2026-02-18)
@@ -12,167 +12,179 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Update</t>
   </si>
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>Harry Angel</t>
   </si>
   <si>
     <t>Name of the Rose</t>
   </si>
   <si>
-    <t>Closely related to  Romantic Bubble (2021.g. by Epaulette-Actressa, by Denman-Seduced). 1st GCTC Let Us Impressu Print Group Maiden P.Closely related to  Captain Eagle (2020.g. by Per Incanto-Nasaayim, by Redoute's Choice-Nocturnelle). 1st Kilcoy RC Ladbrokes H.Half-Brother to  Lichfield Angel (2021.f. by Written Tycoon-Name of the Rose, by Testa Rossa-Dama de Noche). 2nd Atherton TC Cross Custom Meats Maiden P.</t>
+    <t>Closely related to  Romantic Bubble (2021.g. by Epaulette-Actressa, by Denman-Seduced). 1st GCTC Let Us Impressu Print Group Maiden P.Closely related to  Captain Eagle (2020.g. by Per Incanto-Nasaayim, by Redoute's Choice-Nocturnelle). 1st Kilcoy RC Ladbrokes H.Half-Brother to  Lichfield Angel (2021.f. by Written Tycoon-Name of the Rose, by Testa Rossa-Dama de Noche). 2nd Atherton TC Cross Custom Meats Maiden P.Half-Brother to  Lichfield Angel (2021.f. by Written Tycoon-Name of the Rose, by Testa Rossa-Dama de Noche). 2nd Atherton TC Spar Malanda Maiden P.</t>
   </si>
   <si>
     <t>Super Seth</t>
   </si>
   <si>
     <t>Navy Beach</t>
   </si>
   <si>
     <t>Closely related to  Bunta Baby - Telephone (H.K.) (2020.g. by Cable Bay-Ahhhh, by Lonhro-Te Akau Coup). 1st HKJC Longines International Jockeys' Championship H.Half-Brother to  Sir Ruby (2022.g. by King of Comedy-Navy Beach, by Darci Brahma-Beyond the Sunset). 1st Selangor TC Class 4 H.</t>
   </si>
   <si>
     <t>So You Think</t>
   </si>
   <si>
     <t>Nerve Not Verve</t>
   </si>
   <si>
     <t>Out of a sibling to  Ganbatte (2019.g. by Belardo-Bilancia, by Montjeu-Mistaurian). 1st Selangor TC Class 5 H.</t>
   </si>
   <si>
+    <t>Profondo</t>
+  </si>
+  <si>
+    <t>Nishane</t>
+  </si>
+  <si>
+    <t>Closely related to  Crocodile (2022.g. by Ghaiyyath-Monogram, by Medaglia d'Oro-Daanet Al Dunya). 1st MRC (Mornington) Sportsbet H.</t>
+  </si>
+  <si>
     <t>Satono Aladdin</t>
   </si>
   <si>
     <t>No More Doubt</t>
   </si>
   <si>
-    <t>Brother to  LANTERN WAY (2020.c. by Satono Aladdin-No More Doubt, by Redoute's Choice-Say No More). 2nd Waipukurau JC Glenanthony Simmentals H.Out of a sibling to  Say Satono (2019.f. by Satono Aladdin-Say No More, by Pentire-Our Lucy). 1st Otago RC KB Contractors H.Out of a sibling to  Say Satono (2019.f. by Satono Aladdin-Say No More, by Pentire-Our Lucy). 1st Reefton JC Reefton CupOut of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 1st Auckland TR Stella Artois H.Out of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 1st Waikato TR Te Rapa Tavern H.Out of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 4th Auckland TR Rich Hill Mile Gr.2</t>
+    <t>Brother to  LANTERN WAY (2020.c. by Satono Aladdin-No More Doubt, by Redoute's Choice-Say No More). 1st Wanganui JC Insurance Brokers H.Brother to  LANTERN WAY (2020.c. by Satono Aladdin-No More Doubt, by Redoute's Choice-Say No More). 2nd Waipukurau JC Glenanthony Simmentals H.Out of a sibling to  Say Satono (2019.f. by Satono Aladdin-Say No More, by Pentire-Our Lucy). 1st Otago RC KB Contractors H.Out of a sibling to  Say Satono (2019.f. by Satono Aladdin-Say No More, by Pentire-Our Lucy). 1st Reefton JC Reefton CupOut of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 1st Auckland TR Stella Artois H.Out of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 1st Waikato TR Te Rapa Tavern H.Out of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 4th Auckland TR Rich Hill Mile Gr.2Out of a sibling to  She's a Dealer (2021.f. by Ace High-Say No More, by Pentire-Our Lucy). 4th Auckland TR Aotearoa Classic Gr.3</t>
   </si>
   <si>
     <t>Savabeel</t>
   </si>
   <si>
     <t>Not Santa</t>
   </si>
   <si>
-    <t>From the same family as  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2From the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2From the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LFrom the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. L</t>
+    <t>From the same family as  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2From the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland TR Karaka Million 3YO Classic (R) LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2From the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LFrom the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. L</t>
   </si>
   <si>
     <t>Proisir</t>
   </si>
   <si>
     <t>Novashow</t>
   </si>
   <si>
     <t>Closely related to  El Paso Citie (2019.f. by Toronado-Sombrero, by Don Eduardo-Bonaichi). 1st Bordertown RC Creaser Constructions H.Closely related to  El Paso Citie (2019.f. by Toronado-Sombrero, by Don Eduardo-Bonaichi). 1st Naracoorte RC Henschke Industries H.</t>
   </si>
   <si>
     <t>Maurice</t>
   </si>
   <si>
     <t>Obscene</t>
   </si>
   <si>
     <t>Closely related to  Nomomeikushi (2022.f. by Tosen Stardom-Sea of Stars, by Starspangledbanner-Sea Pictures). 1st Coff's Harbour RC TAB Maiden P.</t>
   </si>
   <si>
-    <t>Profondo</t>
-[...1 lines deleted...]
-  <si>
     <t>Ocean Flyer</t>
   </si>
   <si>
     <t>Closely related to  Immortal Shield (2021.g. by I Am Immortal-Savvy Shields, by All American-Miss Savabeel). 1st Murray Bridge RC BH Partners H.</t>
   </si>
   <si>
     <t>Sword of State</t>
   </si>
   <si>
     <t>Oceans Eight</t>
   </si>
   <si>
-    <t>Closely related to  Glastonbury Girl (2022.f. by Churchill-Ruud As, by Savabeel-Ruud Van Slaats). 1st Canberra RC Allinsure P.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 2nd Illawarra TC Feel Good Fun Super Maiden P.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 3rd Illawarra TC Jack Primmer Electronics Maiden H.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 3rd Scone RC Gulliver's Maiden P.</t>
+    <t>Closely related to  Glastonbury Girl (2022.f. by Churchill-Ruud As, by Savabeel-Ruud Van Slaats). 1st Canberra RC Allinsure P.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 2nd Illawarra TC Feel Good Fun Super Maiden P.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 2nd Shoalhaven City TC Magic Millions January Yearling Sale Maiden H.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 3rd Illawarra TC Jack Primmer Electronics Maiden H.Half-Sister to  Toussaint (2022.f. by Tivaci-Oceans Eight, by Ocean Park-Ruud Van Slaats). 3rd Scone RC Gulliver's Maiden P.</t>
+  </si>
+  <si>
+    <t>Okahu Bay</t>
+  </si>
+  <si>
+    <t>Closely related to  Cheval Pegasus (2021.g. by Flying Artie-Second Date, by Rothesay-Acacia Bay). 1st Selangor TC Kuala Lumpur Tower S.</t>
   </si>
   <si>
     <t>O'Lovely</t>
   </si>
   <si>
-    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3Half-Brother to  Gold Chariot (2022.g. by Circus Maximus-O'Lovely, by O'Reilly-Lovetrista). 2nd MVRC (Geelong) Total Comfort Plumbing Services Maiden P.Half-Brother to  Gold Chariot (2022.g. by Circus Maximus-O'Lovely, by O'Reilly-Lovetrista). 2nd Seymour RC Mower Shop Maiden P.</t>
+    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 4th CJC Timaru S. LHalf-Brother to  Gold Chariot (2022.g. by Circus Maximus-O'Lovely, by O'Reilly-Lovetrista). 2nd MVRC (Geelong) Total Comfort Plumbing Services Maiden P.Half-Brother to  Gold Chariot (2022.g. by Circus Maximus-O'Lovely, by O'Reilly-Lovetrista). 2nd Seymour RC Mower Shop Maiden P.</t>
   </si>
   <si>
     <t>Ardrossan</t>
   </si>
   <si>
     <t>O'Misty</t>
   </si>
   <si>
-    <t>Out of a sibling to  Ready to Drink - Shimi Go (Mal.) (2018.g. by Burgundy-Corsage, by Volksraad-Spray). 1st Selangor TC Royal Sabah Turf Club TrophySister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 2nd ATC (Canterbury) Schweppes Maiden H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 2nd ATC (Warwick Farm) Vinnie at Yarraman Park Maiden H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 2nd Illawarra TC Jack Primmer Electronics Maiden H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 3rd ATC (Canterbury) Bisley Workwear Maiden P.</t>
+    <t>Out of a sibling to  Ready to Drink - Shimi Go (Mal.) (2018.g. by Burgundy-Corsage, by Volksraad-Spray). 1st Selangor TC Royal Sabah Turf Club TrophySister to  Rezeki (2020.g. by Ardrossan-O'Misty, by O'Reilly-Corsage). 1st HKJC Wu Kau Tang H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 2nd ATC (Canterbury) Schweppes Maiden H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 2nd ATC (Warwick Farm) Vinnie at Yarraman Park Maiden H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 2nd Illawarra TC Jack Primmer Electronics Maiden H.Sister to  Our Huntress (2022.f. by Ardrossan-O'Misty, by O'Reilly-Corsage). 3rd ATC (Canterbury) Bisley Workwear Maiden P.</t>
   </si>
   <si>
     <t>Almanzor</t>
   </si>
   <si>
     <t>One Mansini</t>
   </si>
   <si>
-    <t>From the same family as  PUDDING (2018.g. by Tavistock-Christmas Day, by Zabeel-Assertiveness). 3rd SAJC (Morphettville) John Letts Cup LClosely related to  Pizarro (2020.g. by Swiss Ace-More Assertive, by Zeditave-Quadrophonic Sound). 1st CJC Racecourse Hotel H.Closely related to  Northlander (2022.g. by North Pacific-Miss Stratophonic, by Stratum-Quadrophonic Sound). 1st Canberra RC E Security Group Maiden H.Closely related to  Northlander (2022.g. by North Pacific-Miss Stratophonic, by Stratum-Quadrophonic Sound). 1st Wyong RC Cowyn Building Group Midway H.</t>
+    <t>From the same family as  PUDDING (2018.g. by Tavistock-Christmas Day, by Zabeel-Assertiveness). 3rd SAJC (Morphettville) John Letts Cup LFrom the same family as  Bella Montagna (2021.f. by Belardo-Lochnagar, by So You Think-La Boisselle). 1st ATC (Rosehill) Ranvet H.Closely related to  Mr Assertive (2020.g. by Press Statement-Very Dogmatic, by Swiss Ace-More Assertive). 1st MVRC (Geelong) Steampocket H.Closely related to  Pizarro (2020.g. by Swiss Ace-More Assertive, by Zeditave-Quadrophonic Sound). 1st CJC Racecourse Hotel H.Closely related to  Pizarro (2020.g. by Swiss Ace-More Assertive, by Zeditave-Quadrophonic Sound). 1st CJC Inglewood Stud H.Closely related to  Northlander (2022.g. by North Pacific-Miss Stratophonic, by Stratum-Quadrophonic Sound). 1st Canberra RC E Security Group Maiden H.Closely related to  Northlander (2022.g. by North Pacific-Miss Stratophonic, by Stratum-Quadrophonic Sound). 1st Wyong RC Cowyn Building Group Midway H.</t>
   </si>
   <si>
     <t>Ghaiyyath</t>
   </si>
   <si>
     <t>On the Ball</t>
   </si>
   <si>
     <t>Half-Sister to  ARCHAIC SMILE (2021.f. by Saxon Warrior-On the Ball, by So You Think-Sarvon). 4th CJC TAB Mile Gr.3Half-Sister to  Roadcone (2020.g. by Almanzor-On the Ball, by So You Think-Sarvon). 1st MRC Magic Millions Digital H.</t>
   </si>
   <si>
     <t>On Yer Feet</t>
   </si>
   <si>
     <t>Half-Brother to  Mighty Feat (2016.g. by Per Incanto-On Yer Feet, by Snitzel-Lady Firebird). 1st Merton ATC Balance Advertising Trophy</t>
   </si>
   <si>
     <t>Open Your Eyes</t>
   </si>
   <si>
     <t>Closely related to  Cannon Hill (2020.c. by Ardrossan-Vanilla Essence, by Pins-Vanilla Sky). 1st Auckland TR Almanzor H.Closely related to  Cannon Hill (2020.c. by Ardrossan-Vanilla Essence, by Pins-Vanilla Sky). 3rd CJC TAB Mile Gr.3Closely related to  Jazzclub - Fortune Tree (Mal.) (2021.g. by Ardrossan-Vanilla Essence, by Pins-Vanilla Sky). 1st Selangor TC Sungai Besi Autoworld CupClosely related to  Medical Autocrat (2020.g. by Dundeel-Is What it Is, by Stratum-Purely Spectacular). 1st Toowoomba TC Trackside Photography H.</t>
   </si>
   <si>
     <t>Orchids</t>
   </si>
@@ -218,2115 +230,2208 @@
   <si>
     <t>From the same family as  ROBUSTO (2019.g. by Churchill-She's Clean, by Redoute's Choice-Feather Duster). 3rd ATC (Randwick) The Ingham Gr.2Half-Sister to  SLIPPER ISLAND (2019.c. by No Nay Never-Pedicel, by Redoute's Choice-Cleanup). 4th CJC Pegasus S. LHalf-Sister to  SLIPPER ISLAND (2019.c. by No Nay Never-Pedicel, by Redoute's Choice-Cleanup). 4th CJC Stewards S. L</t>
   </si>
   <si>
     <t>Hello Youmzain</t>
   </si>
   <si>
     <t>Penso a Lei</t>
   </si>
   <si>
     <t>Closely related to  Making Eyes (2022.f. by Churchill-Felicienne, by Al Maher-Nena Candida). 1st Ipswich TC (Ipswich) Racing Hearts Maiden P.Closely related to  Torotena (2022.g. by Toronado-Catena, by Hinchinbrook-Nena Candida). 1st Warrnambool RC Streamline Foods Maiden P.</t>
   </si>
   <si>
     <t>Perfect Lyric</t>
   </si>
   <si>
     <t>Half-Sister to  Bedda Mia (2021.f. by Pariah-Perfect Lyric, by Pivotal-Valentine Waltz). 2nd Gundagai-Adelong RC MJT Howell Engineering Maiden P.Half-Sister to  Bedda Mia (2021.f. by Pariah-Perfect Lyric, by Pivotal-Valentine Waltz). 3rd Canberra RC MGI Joyce Dickson Maiden H.Half-Sister to  Bedda Mia (2021.f. by Pariah-Perfect Lyric, by Pivotal-Valentine Waltz). 3rd Bathurst TC Merry Christmas Maiden H.</t>
   </si>
   <si>
     <t>Farnan</t>
   </si>
   <si>
     <t>Perfect Sunday</t>
   </si>
   <si>
-    <t>Half-Brother to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 3rd Auckland TR Eclipse S. Gr.2Half-Brother to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 4th Counties Challenge S. L</t>
+    <t>From the same family as  Magill (2023.c. by Farnan-Jessica Rabbit, by Sooboog-Bella Sunday). 1st Wairarapa RC Music in the Country Maiden S.From the same family as  Magill (2023.c. by Farnan-Jessica Rabbit, by Sooboog-Bella Sunday). 2nd Auckland TR Karaka 2YO Million (R) LHalf-Brother to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 3rd Auckland TR Eclipse S. Gr.2Half-Brother to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 4th Counties Challenge S. L</t>
   </si>
   <si>
     <t>Perform a Miracle</t>
   </si>
   <si>
     <t>From the same family as  ACE OF DIAMONDS (2020.g. by Swiss Ace-Go Kate Go, by More Than Ready-St. Kate). 1st Metro Manila TC Pasay City The Travel City Grand CupFrom the same family as  ACE OF DIAMONDS (2020.g. by Swiss Ace-Go Kate Go, by More Than Ready-St. Kate). 1st Philippine JC Cool Summer Farm Open Imported S.</t>
   </si>
   <si>
     <t>Persian Pride</t>
   </si>
   <si>
     <t>Closely related to  Compadre (2022.g. by Territories-Evasive, by One Cool Cat-Danasia). 1st Gilgandra JC WDI Clinic Maiden H.Closely related to  Doubtland Diva (2022.f. by Doubtland-Starvasive, by Star Witness-Evasive). 1st MRC (Mornington) Graebar Park Thoroughbreds Maiden P.</t>
   </si>
   <si>
     <t>Too Darn Hot</t>
   </si>
   <si>
     <t>Pica Pica</t>
   </si>
   <si>
-    <t>Half-Sister to  Komocean (2021.f. by Ocean Park-Pica Pica, by Stravinsky-Magpies). 1st Taranaki RC Weir Tours H.Half-Sister to  Andorra (2020.f. by Pierro-Pica Pica, by Stravinsky-Magpies). 3rd Whangarei RC Northland Cup</t>
+    <t>Half-Sister to  Komocean (2021.f. by Ocean Park-Pica Pica, by Stravinsky-Magpies). 1st Taranaki RC Weir Tours H.Half-Sister to  Komocean (2021.f. by Ocean Park-Pica Pica, by Stravinsky-Magpies). 3rd Taranaki RC Platinum Homes H.Half-Sister to  Andorra (2020.f. by Pierro-Pica Pica, by Stravinsky-Magpies). 3rd Whangarei RC Northland Cup</t>
   </si>
   <si>
     <t>Pieloce</t>
   </si>
   <si>
     <t>From the same family as  BOSTON ROCKS (2020.g. by Hellbent-Spurs and Sashes, by Flying Spur-Royal Sash). 1st MRC (Caulfield) Village S. LFrom the same family as  BOSTON ROCKS (2020.g. by Hellbent-Spurs and Sashes, by Flying Spur-Royal Sash). 2nd MRC (Caulfield) Doveton S. LFrom the same family as  Fire Star (2020.g. by Deep Field-Sabatini, by Street Cry-Royal Sash). 2nd BRC (Eagle Farm) Falvelon H. L</t>
   </si>
   <si>
     <t>War Decree</t>
   </si>
   <si>
     <t>Pinup Coup</t>
   </si>
   <si>
     <t>Closely related to  Sugar Schnapps (2021.f. by Per Incanto-Shandream, by Pins-Pyjamas). 1st Rotorua RC Arawa Park Hotel Maiden S.</t>
   </si>
   <si>
     <t>Pizzazz</t>
   </si>
   <si>
     <t>From the same family as  Sweltering (2021.f. by Too Darn Hot-Daring, by Encosta de Lago-Liatris). 1st ATC (Canterbury) Irresistible Pools Maiden P.Closely related to  Swift Legend (2022.c. by Dundeel-Global Queen, by Snitzel-Subsequent). 1st ATC (Canterbury) Asahi Super Dry H.</t>
   </si>
   <si>
+    <t>Plaka</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Swag (2022.g. by Bivouac-Status Quo, by Lonhro-Step). 1st GCTC (Gold Coast) TAB Maiden P.</t>
+  </si>
+  <si>
     <t>Podravina</t>
   </si>
   <si>
     <t>Out of a sibling to  Ariadne (2022.f. by Almanzor-Posavina, by Tiger Hill-Dance My Dance). 1st Auckland TR Happy Birthday Erica Maiden S.</t>
   </si>
   <si>
     <t>Pretty to Sea</t>
   </si>
   <si>
-    <t>From the same family as  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 3rd Counties Cup Gr.3From the same family as  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 4th Auckland TR Balmerino S. Gr.3Closely related to  Basquiat - Pacific Warrior (Sing.) (2019.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 3rd Perak TC Coronation Cup LClosely related to  Celtic Brave (2022.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 1st BRC (Doomben) Become a Member Maiden P.Half-Sister to  Bertrand (2022.g. by Hello Youmzain-Pretty to Sea, by Ocean Park-Pretty). 2nd Stawell RC Russ Studio Jewellers Maiden P.</t>
+    <t>From the same family as  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 3rd Counties Cup Gr.3From the same family as  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 4th Auckland TR Balmerino S. Gr.3Closely related to  Basquiat - Pacific Warrior (Sing.) (2019.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 3rd Perak TC Coronation Cup LClosely related to  Celtic Brave (2022.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 1st BRC (Doomben) Become a Member Maiden P.Half-Sister to  Bertrand (2022.g. by Hello Youmzain-Pretty to Sea, by Ocean Park-Pretty). 1st Kyneton &amp; Hanging Rock RC Bet365 Maiden P.Half-Sister to  Bertrand (2022.g. by Hello Youmzain-Pretty to Sea, by Ocean Park-Pretty). 2nd Stawell RC Russ Studio Jewellers Maiden P.</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
-    <t>From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3From the same family as  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st Gawler &amp; Barossa JC Sportsbet More Places H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st SAJC (Morphettville) San Remo H.Closely related to  Citizenship - Swift Ascend (H.K.) (2019.g. by Lord Kanaloa-Believe Yourself, by Sebring-Private). 2nd HKJC Tai Tong Shan H.Closely related to  Citizenship - Swift Ascend (H.K.) (2019.g. by Lord Kanaloa-Believe Yourself, by Sebring-Private). 3rd HKJC Chatham H.Closely related to  Wowzino (2021.g. by Tarzino-Walk on Water, by Exceed and Excel-The Cat's Whiskers). 1st BRC (Eagle Farm) Canadian Club H.</t>
+    <t>From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3From the same family as  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st Gawler &amp; Barossa JC Sportsbet More Places H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st SAJC (Morphettville) San Remo H.Closely related to  Bulls on Parade (2019.g. by Bull Point-Lolly Lover, by Fusaichi Pegasus-Sea of Faith). 1st Port Lincoln &amp; North Shields RC Purchase Your Membership H.Closely related to  Citizenship - Swift Ascend (H.K.) (2019.g. by Lord Kanaloa-Believe Yourself, by Sebring-Private). 2nd HKJC Tai Tong Shan H.Closely related to  Citizenship - Swift Ascend (H.K.) (2019.g. by Lord Kanaloa-Believe Yourself, by Sebring-Private). 3rd HKJC Chatham H.Closely related to  Wowzino (2021.g. by Tarzino-Walk on Water, by Exceed and Excel-The Cat's Whiskers). 1st BRC (Eagle Farm) Canadian Club H.</t>
   </si>
   <si>
     <t>Prose Poem</t>
   </si>
   <si>
     <t>Half-Brother to  Sestina (2019.f. by Lonhro-Prose Poem, by Street Cry-Latice). 1st Winton CupHalf-Brother to  Sestina (2019.f. by Lonhro-Prose Poem, by Street Cry-Latice). 2nd Southland RC Howley Joinery H.Half-Brother to  Sestina (2019.f. by Lonhro-Prose Poem, by Street Cry-Latice). 3rd Otago RC Cromwell Cup</t>
   </si>
   <si>
     <t>Per Incanto</t>
   </si>
   <si>
     <t>Prosperity</t>
   </si>
   <si>
-    <t>Closely related to  PRIDE OF JENNI (2017.f. by Pride of Dubai-Sancerre, by O'Reilly-Vouvray). 1st VRC (Flemington) Empire Rose S. Gr.1Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 1st Innisfail TC Seafoods H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 2nd Cairns JC Ladbrokes H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 3rd Townsville TC JPM Tiling and Waterproofing P.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 3rd Herbert River JC Cellarbrations H.Closely related to  Star Prediction (2021.g. by Nostradamus-Star Syrah, by Zoustar-Syrah). 1st Taree RC LJ Hooker Harrington H.</t>
+    <t>Closely related to  PRIDE OF JENNI (2017.f. by Pride of Dubai-Sancerre, by O'Reilly-Vouvray). 1st VRC (Flemington) Empire Rose S. Gr.1Closely related to  Physical Graffiti (2020.g. by Russian Revolution-Dazed and Confused, by Showcasing-Real Success). 1st Darwin TC Become a Member H.Closely related to  Awatere (2020.g. by Per Incanto-Sancerre, by O'Reilly-Vouvray). 1st Auckland TR Horizon by Skycity H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 1st Townsville TC Mitavite H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 1st Innisfail TC Seafoods H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 2nd Cairns JC Ladbrokes H.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 3rd Townsville TC JPM Tiling and Waterproofing P.Half-Sister to  Russian Summer (2019.g. by Russian Revolution-Prosperity, by Iffraaj-Real Success). 3rd Herbert River JC Cellarbrations H.Closely related to  Star Prediction (2021.g. by Nostradamus-Star Syrah, by Zoustar-Syrah). 1st Taree RC LJ Hooker Harrington H.</t>
   </si>
   <si>
     <t>Pussy O'Reilly</t>
   </si>
   <si>
     <t>Pwerfect</t>
   </si>
   <si>
-    <t>Sister to  Butler Cabin (2023.g. by Ardrossan-Pwerfect, by Pentire-Shower of Roses). 2nd Manawatu RC Wakefield Challenge S. Gr.2Sister to  Butler Cabin (2023.g. by Ardrossan-Pwerfect, by Pentire-Shower of Roses). 3rd Levin Jumpouts 2YO S.Sister to  Butler Cabin (2023.g. by Ardrossan-Pwerfect, by Pentire-Shower of Roses). 4th WRC Wellesley S. LClosely related to  Taken (2021.g. by Ardrossan-Katherine Wright, by Henrythenavigator-Shower of Roses). 1st MRC (Caulfield) RM Williams H.</t>
+    <t>Sister to  Butler Cabin (2023.g. by Ardrossan-Pwerfect, by Pentire-Shower of Roses). 2nd Manawatu RC Wakefield Challenge S. Gr.2Sister to  Butler Cabin (2023.g. by Ardrossan-Pwerfect, by Pentire-Shower of Roses). 3rd Levin Jumpouts 2YO S.Sister to  Butler Cabin (2023.g. by Ardrossan-Pwerfect, by Pentire-Shower of Roses). 4th WRC Wellesley S. LClosely related to  Taken (2021.g. by Ardrossan-Katherine Wright, by Henrythenavigator-Shower of Roses). 1st MRC (Caulfield) RM Williams H.Closely related to  Taken (2021.g. by Ardrossan-Katherine Wright, by Henrythenavigator-Shower of Roses). 1st MRC (Caulfield) Caulfield Kind of Summer H.</t>
   </si>
   <si>
     <t>Rasa Lila</t>
   </si>
   <si>
     <t>Half-Brother to  Toa Haka (2019.g. by Iffraaj-Rasa Lila, by Darci Brahma-Dance My Dance). 1st CJC Dakins Group H.Half-Brother to  Toa Haka (2019.g. by Iffraaj-Rasa Lila, by Darci Brahma-Dance My Dance). 1st CJC Blue Star Taxis H.Closely related to  Fosse (2021.f. by Darci Brahma-Choreography, by Volksraad-Dance My Dance). 1st Levin RC Kelly and Co H.Closely related to  Ariadne (2022.f. by Almanzor-Posavina, by Tiger Hill-Dance My Dance). 1st Auckland TR Happy Birthday Erica Maiden S.Closely related to  Adios Vamonos (2021.f. by Vadamos-Aterballetto, by Stravinsky-Dance My Dance). 1st Ashburton RC Dave and Jill Quigley Maiden S.Half-Brother to  Sattriya (2021.f. by Super Seth-Rasa Lila, by Darci Brahma-Dance My Dance). 2nd Taranaki RC Pearl Series Maiden S.Half-Brother to  Sattriya (2021.f. by Super Seth-Rasa Lila, by Darci Brahma-Dance My Dance). 3rd Taranaki RC ANZ Maiden S.</t>
   </si>
   <si>
     <t>Raven Darkholme</t>
   </si>
   <si>
-    <t>From the same family as  Ready to Drink - Shimi Go (Mal.) (2018.g. by Burgundy-Corsage, by Volksraad-Spray). 1st Selangor TC Royal Sabah Turf Club Trophy</t>
+    <t>From the same family as  Ready to Drink - Shimi Go (Mal.) (2018.g. by Burgundy-Corsage, by Volksraad-Spray). 1st Selangor TC Royal Sabah Turf Club TrophyFrom the same family as  Rezeki (2020.g. by Ardrossan-O'Misty, by O'Reilly-Corsage). 1st HKJC Wu Kau Tang H.</t>
   </si>
   <si>
     <t>Circus Maximus</t>
   </si>
   <si>
     <t>Ravenhill</t>
   </si>
   <si>
     <t>Half-Brother to  Frosty Raven (2020.f. by Frosted-Ravenhill, by Bernardini-The Quarewan). 2nd Metro Manila TC Class 4 H.Half-Brother to  Frosty Raven (2020.f. by Frosted-Ravenhill, by Bernardini-The Quarewan). 2nd Philippine JC Class 4 H.Half-Brother to  Frosty Raven (2020.f. by Frosted-Ravenhill, by Bernardini-The Quarewan). 3rd Philippine JC Class 4 H.Half-Brother to  Frosty Raven (2020.f. by Frosted-Ravenhill, by Bernardini-The Quarewan). 3rd Philippine JC Class 4 H.Closely related to  Star Venture (2021.f. by Capitalist-Layne's Star, by Love Conquers All-Hi de Hyper). 1st GCTC (Gold Coast) Lucent Royale Maiden H.Closely related to  Star Venture (2021.f. by Capitalist-Layne's Star, by Love Conquers All-Hi de Hyper). 1st SCTC (Sunshine Coast) JPI Linings H.Closely related to  Queen of the Surf (2022.f. by King's Legacy-Layne's Star, by Love Conquers All-Hi de Hyper). 1st Donald DRC Community Bank Maiden P.</t>
   </si>
   <si>
     <t>Redwood</t>
   </si>
   <si>
     <t>Readyor</t>
   </si>
   <si>
     <t>From the same family as  ZULFIQAR (2020.g. by Exceed and Excel-Sayf Shamal, by Elusive Quality-Alizes). 1st ATC (Canterbury) Kia Evening Star H.From the same family as  Rue de Royale (2021.g. by Per Incanto-Urban Royal, by Exceed and Excel-Flouze). 1st VRC (Flemington) Shore Goggles SprintHalf-Brother to  Tarzador (2021.f. by Tarzino-Readyor, by More Than Ready-Satyric). 2nd Rotorua RC Paula Short H.Half-Brother to  Tarzador (2021.f. by Tarzino-Readyor, by More Than Ready-Satyric). 3rd Auckland TR TAB H.Closely related to  Vangogh Bankcheque (2022.g. by Anders-Dorotea, by Lope de Vega-Readyor). 3rd VRC (Flemington) Schweppervescence P.</t>
   </si>
   <si>
     <t>Shamexpress</t>
   </si>
   <si>
     <t>Ready to Roar</t>
   </si>
   <si>
     <t>Out of a sibling to  Leonchroi (2021.g. by Contributer-Miss Lioness, by Johar-Lioness). 1st Geelong RC Homes H.From the same family as  Tsitsipas (2021.g. by Staphanos-Lioness, by Generous-Blue Satin). 1st MRC (Mornington) Barmah Park Restaurant H.</t>
   </si>
   <si>
     <t>Red Delicious</t>
   </si>
   <si>
-    <t>From the same family as  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 1st Woodford CupFrom the same family as  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 3rd MRC (Caulfield) Eclipse S. Gr.3Half-Sister to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. LHalf-Sister to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 3rd MRC (Sandown) Lord S. LHalf-Sister to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 4th MRC (Caulfield) Eclipse S. Gr.3</t>
+    <t>From the same family as  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 1st Woodford CupFrom the same family as  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 3rd MRC (Caulfield) Eclipse S. Gr.3Half-Sister to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. LHalf-Sister to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 3rd MRC (Sandown) Lord S. LHalf-Sister to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 4th MRC (Caulfield) Eclipse S. Gr.3Closely related to  Glam Award (2022.f. by Shamus Award-Shezdelicious, by Atlante-Red Delicious). 1st Waikato TR Project Unite Maiden S.</t>
   </si>
   <si>
     <t>Rina Bettina</t>
   </si>
   <si>
-    <t>From the same family as  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LClosely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2Closely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2Closely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LClosely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. LHalf-Brother to  Without a Doubt (2020.f. by Not a Single Doubt-Rina Bettina, by Reliable Man-Our Riesling). 3rd Clarence River JC Jacaranda Crown H.</t>
+    <t>From the same family as  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LClosely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2Closely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland TR Karaka Million 3YO Classic (R) LClosely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2Closely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LClosely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. LHalf-Brother to  Without a Doubt (2020.f. by Not a Single Doubt-Rina Bettina, by Reliable Man-Our Riesling). 3rd Clarence River JC Jacaranda Crown H.</t>
   </si>
   <si>
     <t>Vanbrugh</t>
   </si>
   <si>
     <t>Ripsomemore</t>
   </si>
   <si>
     <t>Half-Sister to  Porthouse Lady (2021.f. by Rageese-Ripsomemore, by Rip Van Winkle-Maxamore). 1st Reefton JC Blackadder Brothers H.</t>
   </si>
   <si>
     <t>Risque Business</t>
   </si>
   <si>
-    <t>From the same family as  Kujenga (2022.f. by King's Legacy-Jenga, by All Too Hard-Shoboard). 2nd MRC (Caulfield) Thoroughbred Club S. Gr.3From the same family as  Kujenga (2022.f. by King's Legacy-Jenga, by All Too Hard-Shoboard). 4th MRC (Caulfield) Twilight Glow S. LClosely related to  Yukaina (2022.g. by Maurice-Joliette, by Charm Spirit-Burlesque). 1st Colac TC Bet365 Maiden P.</t>
+    <t>From the same family as  Kujenga (2022.f. by King's Legacy-Jenga, by All Too Hard-Shoboard). 2nd MRC (Caulfield) Thoroughbred Club S. Gr.3From the same family as  Kujenga (2022.f. by King's Legacy-Jenga, by All Too Hard-Shoboard). 4th MRC (Caulfield) Twilight Glow S. LClosely related to  Perfect Tycoon (2021.g. by Rageese-Zuma, by Mastercraftsman-Burlesque). 1st Southland RC Mega Series Maiden S.Closely related to  Yukaina (2022.g. by Maurice-Joliette, by Charm Spirit-Burlesque). 1st Colac TC Bet365 Maiden P.</t>
   </si>
   <si>
     <t>River Flow</t>
   </si>
   <si>
-    <t>From the same family as  BAND OF BROTHERS (2021.g. by Omaha Beach-Medgrinda, by Medaglia d'Oro-Kulgrinda). 1st SCTC (Sunshine Coast) Landmark Resort and Spa H.Out of a sibling to  Mailata (2020.g. by Written Tycoon-River Pebbles, by Al Maher-River Crossing). 1st Gosford RC Midway H.</t>
+    <t>From the same family as  BAND OF BROTHERS (2021.g. by Omaha Beach-Medgrinda, by Medaglia d'Oro-Kulgrinda). 1st SCTC (Sunshine Coast) Landmark Resort and Spa H.From the same family as  BAND OF BROTHERS (2021.g. by Omaha Beach-Medgrinda, by Medaglia d'Oro-Kulgrinda). 1st ATC (Rosehill) Kia Ora H.Out of a sibling to  Mailata (2020.g. by Written Tycoon-River Pebbles, by Al Maher-River Crossing). 1st Gosford RC Midway H.</t>
   </si>
   <si>
     <t>Bivouac</t>
   </si>
   <si>
     <t>River Mist</t>
   </si>
   <si>
     <t>From the same family as  Warby (2019.g. by Hellbent-Speedboat, by Commands-River Express). 3rd BRC (Eagle Farm) Tails S. L</t>
   </si>
   <si>
     <t>Rockadubai</t>
   </si>
   <si>
-    <t>Closely related to  Holy Hell (2021.f. by Hellbent-Chabaud, by Lookin at Lucky-Rockadubai). 1st Albury RC Meredith Roof Plumbing Country Boosted H.</t>
+    <t>From the same family as  TORTURE (2023.f. by Sword of State-Ruthless Lady, by Keeper-Lady Dehere). 3rd Auckland TR Karaka 2YO Million (R) LClosely related to  Holy Hell (2021.f. by Hellbent-Chabaud, by Lookin at Lucky-Rockadubai). 1st Albury RC Meredith Roof Plumbing Country Boosted H.Closely related to  Holy Hell (2021.f. by Hellbent-Chabaud, by Lookin at Lucky-Rockadubai). 1st Murrumbidgee TC Diageo Australia H.Brother to  Marcus Attillus (2022.g. by Circus Maximus-Rockadubai, by Fastnet Rock-Dubai Express). 3rd Matamata RC Colin West Panelbeaters Maiden S.</t>
   </si>
   <si>
     <t>Romantically</t>
   </si>
   <si>
     <t>Half-Brother to  I'llbethere (2021.g. by Reliable Man-Romantically, by Foreplay-World Guide). 1st Donald DRC Mackays Family Jewellers Maiden P.Half-Brother to  I'llbethere (2021.g. by Reliable Man-Romantically, by Foreplay-World Guide). 2nd Seymour RC insuremyfleet.com.au Maiden P.</t>
   </si>
   <si>
     <t>State of Rest</t>
   </si>
   <si>
     <t>Rosa Carolina</t>
   </si>
   <si>
-    <t>Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 1st Latrobe Valley RC TRFM H.Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 3rd MRC (Mornington) Big Screen Company H.Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 3rd Seymour RC Equine Clinic H.</t>
+    <t>Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 1st Latrobe Valley RC TRFM H.Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 1st Werribee RC Corio Waste Management H.Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 3rd MRC (Mornington) Big Screen Company H.Half-Sister to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 3rd Seymour RC Equine Clinic H.</t>
   </si>
   <si>
     <t>Rosetta</t>
   </si>
   <si>
     <t>Half-Brother to  Woman in Charge (2022.f. by Farnan-Rosetta, by Pins-Rosecroft). 3rd Avondale JC Pearl Series Maiden S.</t>
   </si>
   <si>
     <t>Noverre</t>
   </si>
   <si>
     <t>Roxette</t>
   </si>
   <si>
     <t>From the same family as  MASTER FAY (2017.g. by Deep Field-Keeping Score, by Keeper-Blucielo). 2nd Auckland TR Concorde S. Gr.3Closely related to  Secret Wonder (2021.g. by Supido-One Cat Wonder, by Wonderful World-One Foxy Cat). 1st Perak TC Singapore Pools Trophy</t>
   </si>
   <si>
     <t>Royal Welcome</t>
   </si>
   <si>
     <t>Half-Brother to  OPENING ADDRESS (2021.g. by So You Think-Royal Welcome, by Kingman-Deveron). 1st MRC (Caulfield) Whispering Angel H.</t>
   </si>
   <si>
     <t>Ruqqaya</t>
   </si>
   <si>
     <t>Half-Brother to  Madiyya (2021.f. by Super Seth-Ruqqaya, by Van Nistelrooy-Sayyida). 3rd Southside Racing David Bourke Memorial H.</t>
   </si>
   <si>
     <t>Russian Glam</t>
   </si>
   <si>
     <t>Closely related to  Saraqael (2022.g. by Flying Artie-Beauty Is, by Redoute's Choice-Absolut Glam). 1st Rockhampton JC National Thoroughbred Week H.Closely related to  Mozzoni (2022.f. by Extreme Choice-Bronte, by Wandjina-Absolut Glam). 1st Ballan JC Associated Cold Tread Tyres Maiden P.</t>
   </si>
   <si>
     <t>Ruthless Lady</t>
   </si>
   <si>
-    <t>Closely related to  Perfect Habit (2022.g. by Tivaci-Bad Habits, by Power-Lady Dehere). 1st Manawatu RC Flipp Transport S.Closely related to  Just Super (2019.g. by Super One-You're So Fine, by Your Song-Elysian Hera). 1st Clermont RC Livestock Transport H.</t>
+    <t>Half-Sister to  TORTURE (2023.f. by Sword of State-Ruthless Lady, by Keeper-Lady Dehere). 3rd Auckland TR Karaka 2YO Million (R) LClosely related to  Perfect Habit (2022.g. by Tivaci-Bad Habits, by Power-Lady Dehere). 1st Manawatu RC Flipp Transport S.Closely related to  Just Super (2019.g. by Super One-You're So Fine, by Your Song-Elysian Hera). 1st Clermont RC Livestock Transport H.</t>
+  </si>
+  <si>
+    <t>Santa Catarina</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Stromlinien (2023.f. by Almanzor-Santa Catarina, by Savabeel-Discreet Evening). 1st Auckland TR Stella Artois 2YO S.</t>
   </si>
   <si>
     <t>Castelvecchio</t>
   </si>
   <si>
     <t>Sarah Jessica</t>
   </si>
   <si>
-    <t>Closely related to  ARABIAN SUMMER (2021.f. by Too Darn Hot-Maraam, by Street Cry-Munhro). 3rd VRC (Flemington) Begonia Belle S. Gr.3Closely related to  Mystical (2023.f. by Exceed and Excel-Rainbow Falls, by Dubawi-Colour). 2nd Wyong Magic Millions 2YO Classic (R) LClosely related to  Rhia (2021.f. by Exceed and Excel-Dream in Colour, by Frankel-Colour). 1st MRC (Mornington) 3MP H.Closely related to  Loyalty Counts (2020.g. by Rubick-Maraam, by Street Cry-Munhro). 1st SCTC (Sunshine Coast) Travis Schultz and Partners H.</t>
+    <t>Closely related to  ARABIAN SUMMER (2021.f. by Too Darn Hot-Maraam, by Street Cry-Munhro). 3rd VRC (Flemington) Begonia Belle S. Gr.3Closely related to  Mystical (2023.f. by Exceed and Excel-Rainbow Falls, by Dubawi-Colour). 2nd Wyong Magic Millions 2YO Classic (R) LClosely related to  Gaeilge (2022.g. by Exceed and Excel-Dathanna, by Dubawi-Colour). 1st Seymour RC Ray White Maiden P.Closely related to  Lapis Lazuli (2022.f. by Microphone-Colour, by More Than Ready-Regrowth). 1st Shoalhaven City TC Magic Millions January Yearling Sale Maiden H.Closely related to  Rhia (2021.f. by Exceed and Excel-Dream in Colour, by Frankel-Colour). 1st MRC (Mornington) 3MP H.Closely related to  Rhia (2021.f. by Exceed and Excel-Dream in Colour, by Frankel-Colour). 1st Seymour RC Tallarook Rural Supplies H.Closely related to  Loyalty Counts (2020.g. by Rubick-Maraam, by Street Cry-Munhro). 1st SCTC (Sunshine Coast) Travis Schultz and Partners H.</t>
   </si>
   <si>
     <t>Savamour</t>
   </si>
   <si>
     <t>Closely related to  EVAPORATE (2021.g. by Per Incanto-Savanna, by Animal Kingdom-Savamour). 3rd MRC (Caulfield) CF Orr S. Gr.1Closely related to  EVAPORATE (2021.g. by Per Incanto-Savanna, by Animal Kingdom-Savamour). 3rd ATC (Randwick) Golden EagleClosely related to  Ohtani (2019.g. by Per Incanto-Savanna, by Animal Kingdom-Savamour). 1st Canberra RC NVS Paving and Landscaping H.</t>
   </si>
   <si>
     <t>Savaplay</t>
   </si>
   <si>
     <t>From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd Western Australian Guineas Gr.2From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd WATC (Ascot) Fairetha S. LHalf-Brother to  Kawakawa (2022.f. by Per Incanto-Savaplay, by Savabeel-Forty Two Below). 1st Wairarapa RC Weddings Maiden S.</t>
   </si>
   <si>
     <t>Anamoe</t>
   </si>
   <si>
     <t>Save the Date</t>
   </si>
   <si>
-    <t>From the same family as  TUXEDO (2021.g. by Tivaci-Ball Gown, by O'Reilly-Fancy Dress). 2nd Waikato TR J Swap Sprint Gr.3</t>
+    <t>From the same family as  TUXEDO (2021.g. by Tivaci-Ball Gown, by O'Reilly-Fancy Dress). 1st Auckland TR Aotearoa Classic Gr.3From the same family as  TUXEDO (2021.g. by Tivaci-Ball Gown, by O'Reilly-Fancy Dress). 2nd Waikato TR J Swap Sprint Gr.3Half-Brother to  Ceremonious (2020.g. by Pierro-Save the Date, by Savabeel-More to Love). 1st Cowra JC Lachlan River Produce H.</t>
   </si>
   <si>
     <t>Savvy Dreams</t>
   </si>
   <si>
-    <t>Closely related to  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2From the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2From the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LFrom the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. LHalf-Sister to  Sol de Otono (2020.f. by The Autumn Sun-Savvy Dreams, by Savabeel-Elusive Dreams). 2nd Levin RC DG Farriers Maiden S.Half-Sister to  Sol de Otono (2020.f. by The Autumn Sun-Savvy Dreams, by Savabeel-Elusive Dreams). 2nd Wairarapa RC Rosies Furniture Removal Maiden S.</t>
+    <t>Closely related to  FORCE OF NATURE (2020.g. by Savabeel-Elusive Nature, by O'Reilly-Elusive Dreams). 1st Auckland TR Sprint S. LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2From the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland TR Karaka Million 3YO Classic (R) LFrom the same family as  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2From the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LFrom the same family as  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. LHalf-Sister to  Sol de Otono (2020.f. by The Autumn Sun-Savvy Dreams, by Savabeel-Elusive Dreams). 1st Wanganui JC Vintage Weekend Maiden S.Half-Sister to  Sol de Otono (2020.f. by The Autumn Sun-Savvy Dreams, by Savabeel-Elusive Dreams). 2nd Levin RC DG Farriers Maiden S.Half-Sister to  Sol de Otono (2020.f. by The Autumn Sun-Savvy Dreams, by Savabeel-Elusive Dreams). 2nd Wairarapa RC Rosies Furniture Removal Maiden S.</t>
   </si>
   <si>
     <t>Sea Goddess</t>
   </si>
   <si>
     <t>From the same family as  DRAKAINA (2020.f. by Ace High-Justa Secret, by Sakhee's Secret-Keepa Cruisin). 1st WATC (Ascot) Jungle Mist Classic LFrom the same family as  VODKA MARTINI (2019.g. by Agitate-Semisyn, by Semipalatinsk-Another Syn). 4th BRC (Eagle Farm) Bribie H. LSister to  Thooza (2021.f. by Almanzor-Sea Goddess, by Darci Brahma-Seachange). 1st Wairarapa RC Power Related Services H.Sister to  Thooza (2021.f. by Almanzor-Sea Goddess, by Darci Brahma-Seachange). 2nd Waikato TR Te Rapa Tavern H.Closely related to  Usir (2021.c. by American Pharoah-Away Cruising, by Darci Brahma-Seachange). 1st Philippine JC Maiden 3YO+Closely related to  Usir (2021.c. by American Pharoah-Away Cruising, by Darci Brahma-Seachange). 1st Philippine JC Class 4 H.</t>
   </si>
   <si>
     <t>The Autumn Sun</t>
   </si>
   <si>
     <t>Seany's Girl</t>
   </si>
   <si>
     <t>Closely related to  When Stars Align (2021.c. by Zoustar-Shenandoah, by Darci Brahma-Ms Seneca Rock). 1st BOP RC Stonewood Homes H.Closely related to  When Stars Align (2021.c. by Zoustar-Shenandoah, by Darci Brahma-Ms Seneca Rock). 1st BOP RC Sarah Abbot Ray White H.</t>
   </si>
   <si>
     <t>Derryn</t>
   </si>
   <si>
     <t>Secret Spirit</t>
   </si>
   <si>
-    <t>Closely related to  Samid - Winning Wing (H.K.) (2020.g. by Preferment-Stand Firm, by Perfectly Ready-Spirit of Sandford). 1st HKJC Bochk Banking Trendytoo H.</t>
+    <t>Closely related to  Samid - Winning Wing (H.K.) (2020.g. by Preferment-Stand Firm, by Perfectly Ready-Spirit of Sandford). 1st HKJC Bochk Banking Trendytoo H.Closely related to  Samid - Winning Wing (H.K.) (2020.g. by Preferment-Stand Firm, by Perfectly Ready-Spirit of Sandford). 1st HKJC Ambitious Dragon H.</t>
   </si>
   <si>
     <t>Jacquinot</t>
   </si>
   <si>
     <t>Seduction Queen</t>
   </si>
   <si>
     <t>Closely related to  Just Response (2022.g. by Justify-Seductive Response, by Snitzel-Seduction Line). 1st Gosford RC Eve Electrical Maiden P.</t>
   </si>
   <si>
     <t>Sencircles</t>
   </si>
   <si>
     <t>Half-Sister to  Infinite Wisdom (2017.g. by All Too Hard-Sencircles, by Street Sense-Lady Circles). 1st Perak TC Class 5 H.</t>
   </si>
   <si>
     <t>Serenella</t>
   </si>
   <si>
-    <t>From the same family as  Belle Cheval (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 3rd New Zealand One Thousand Guineas Gr.1</t>
+    <t>From the same family as  BELLE CHEVAL (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 1st Auckland TR Almanzor Trophy Gr.3From the same family as  BELLE CHEVAL (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 3rd New Zealand One Thousand Guineas Gr.1</t>
   </si>
   <si>
     <t>Seven Seas</t>
   </si>
   <si>
     <t>From the same family as  DRAKAINA (2020.f. by Ace High-Justa Secret, by Sakhee's Secret-Keepa Cruisin). 1st WATC (Ascot) Jungle Mist Classic LFrom the same family as  VODKA MARTINI (2019.g. by Agitate-Semisyn, by Semipalatinsk-Another Syn). 4th BRC (Eagle Farm) Bribie H. L</t>
   </si>
   <si>
     <t>Shanzam</t>
   </si>
   <si>
-    <t>Brother to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 1st Auckland TR Great Northern Challenge S. Gr.3Brother to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 1st BOP RC Happy Hire Cup</t>
+    <t>Brother to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 1st Auckland TR Great Northern Challenge S. Gr.3Brother to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 1st BOP RC Happy Hire CupBrother to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 3rd Auckland TR HKJC World Pool Jo Giles S.</t>
   </si>
   <si>
     <t>Shenandoah</t>
   </si>
   <si>
     <t>Half-Brother to  When Stars Align (2021.c. by Zoustar-Shenandoah, by Darci Brahma-Ms Seneca Rock). 1st BOP RC Stonewood Homes H.Half-Brother to  When Stars Align (2021.c. by Zoustar-Shenandoah, by Darci Brahma-Ms Seneca Rock). 1st BOP RC Sarah Abbot Ray White H.Half-Brother to  When Stars Align (2021.c. by Zoustar-Shenandoah, by Darci Brahma-Ms Seneca Rock). 2nd Waikato TR Pathways H.</t>
   </si>
   <si>
     <t>Shezdelicious</t>
   </si>
   <si>
-    <t>Out of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. LOut of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 3rd MRC (Sandown) Lord S. LOut of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 4th MRC (Caulfield) Eclipse S. Gr.3</t>
+    <t>Out of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. LOut of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 3rd MRC (Sandown) Lord S. LOut of a sibling to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 4th MRC (Caulfield) Eclipse S. Gr.3Half-Brother to  Glam Award (2022.f. by Shamus Award-Shezdelicious, by Atlante-Red Delicious). 1st Waikato TR Project Unite Maiden S.</t>
   </si>
   <si>
     <t>Shez Sinsational</t>
   </si>
   <si>
-    <t>Half-Brother to  House of Lords (2020.f. by Almanzor-Shez Sinsational, by Ekraar-Original Sin). 1st Moe RC Royal Snack H.Half-Brother to  Sinister (2022.g. by Savabeel-Shez Sinsational, by Ekraar-Original Sin). 3rd Orange JC McSigns Maiden P.</t>
+    <t>Half-Brother to  House of Lords (2020.f. by Almanzor-Shez Sinsational, by Ekraar-Original Sin). 1st Moe RC Royal Snack H.Half-Brother to  Sinister (2022.g. by Savabeel-Shez Sinsational, by Ekraar-Original Sin). 1st Newcastle JC Robert Thompson Maiden P.Half-Brother to  Sinister (2022.g. by Savabeel-Shez Sinsational, by Ekraar-Original Sin). 3rd Orange JC McSigns Maiden P.</t>
   </si>
   <si>
     <t>Shooting Shirocco</t>
   </si>
   <si>
     <t>Out of a sibling to  ASTERIX (2018.g. by Tavistock-Mourasana, by Shirocco-Mamoura). 1st Newcastle JC The Beauford H.Out of a sibling to  ASTERIX (2018.g. by Tavistock-Mourasana, by Shirocco-Mamoura). 2nd ATC (Randwick) Christmas Cup L</t>
   </si>
   <si>
     <t>Shoulders</t>
   </si>
   <si>
     <t>Half-Sister to  Justa Cowboy (2021.g. by Justify-Shoulders, by Snitzel-Vintage Strike). 1st Naracoorte RC Sportsbet Maiden P.</t>
   </si>
   <si>
     <t>Show and Tell</t>
   </si>
   <si>
     <t>Half-Sister to  Bourbon Proof (2021.c. by Justify-Show and Tell, by Exceed and Excel-Showileo). 1st BOP RC Aztech Signs H.Closely related to  Roma Green (2022.g. by Snitzel-Showbeel, by Savabeel-Showileo). 1st Bathurst TC Merry Christmas Maiden H.Closely related to  Roma Green (2022.g. by Snitzel-Showbeel, by Savabeel-Showileo). 1st Orange JC Ophir Hotel H.Closely related to  Miss Anna Lee (2020.f. by Belardo-Goldilicious, by Helmet-Showileo). 1st Taranaki RC Energy Ford Maiden S.</t>
   </si>
   <si>
     <t>Street Boss</t>
   </si>
   <si>
     <t>Shuffled</t>
   </si>
   <si>
-    <t>From the same family as  BEND THE KNEE (2018.g. by Snitzel-Kneeling, by Encosta de Lago-Sunday Service). 1st Newcastle JC Boxing Day CupClosely related to  Romantic Miss (2022.f. by Toronado-Choice Sunday, by Duporth-Come Sunday). 1st Ararat TC Gorst Rural Maiden P.Closely related to  Romantic Miss (2022.f. by Toronado-Choice Sunday, by Duporth-Come Sunday). 4th MRC (Caulfield) Blue Sapphire S. Gr.3Half-Sister to  Buccino (2020.f. by Lonhro-Shuffled, by High Chaparral-Come Sunday). 3rd Matamata RC Donaghys Maiden S.Half-Sister to  Clara Bow (2022.f. by Ocean Park-Shuffled, by High Chaparral-Come Sunday). 3rd BOP RC Commerce Lane Chambers Maiden S.</t>
+    <t>From the same family as  BEND THE KNEE (2018.g. by Snitzel-Kneeling, by Encosta de Lago-Sunday Service). 1st Newcastle JC Boxing Day CupClosely related to  Romantic Miss (2022.f. by Toronado-Choice Sunday, by Duporth-Come Sunday). 1st Ararat TC Gorst Rural Maiden P.Closely related to  Romantic Miss (2022.f. by Toronado-Choice Sunday, by Duporth-Come Sunday). 4th MRC (Caulfield) Blue Sapphire S. Gr.3Half-Sister to  Buccino (2020.f. by Lonhro-Shuffled, by High Chaparral-Come Sunday). 3rd Matamata RC Donaghys Maiden S.Half-Sister to  Clara Bow (2022.f. by Ocean Park-Shuffled, by High Chaparral-Come Sunday). 2nd Matamata RC Bayleys Realestate Maiden S.Half-Sister to  Clara Bow (2022.f. by Ocean Park-Shuffled, by High Chaparral-Come Sunday). 3rd BOP RC Commerce Lane Chambers Maiden S.</t>
   </si>
   <si>
     <t>Shush</t>
   </si>
   <si>
     <t>Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC After Party H.Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC James Hardie H.Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC Tabtouch H.Half-Sister to  Kirk (2021.g. by Blue Point-Shush, by Redoute's Choice-You Can't Say That). 3rd Dubbo TC Innova By Etex H.Half-Sister to  Kirk (2021.g. by Blue Point-Shush, by Redoute's Choice-You Can't Say That). 3rd Wellington RC KFC H.</t>
   </si>
   <si>
     <t>Sienna Rose</t>
   </si>
   <si>
-    <t>From the same family as  JOLIESTAR (2020.f. by Zoustar-Jolie Bay, by Fastnet Rock-Legally Bay). 3rd VRC Sprint Classic Gr.1Out of a sibling to  Mednyi - Love Together (H.K.) (2022.g. by Capitalist-Maroon Bay, by Exceed and Excel-Legally Bay). 1st HKJC Chater H.Half-Brother to  Stormland (2022.g. by Hello Youmzain-Sienna Rose, by More Than Ready-Maroon Bay). 2nd ATC (Randwick) Buy an Arrowfield Graduate H.Half-Brother to  Imperial Rose (2023.f. by Sword of State-Sienna Rose, by More Than Ready-Maroon Bay). 2nd Thames JC Mark Anderson Maiden S.</t>
+    <t>From the same family as  JOLIESTAR (2020.f. by Zoustar-Jolie Bay, by Fastnet Rock-Legally Bay). 3rd VRC Sprint Classic Gr.1Out of a sibling to  Mednyi - Love Together (H.K.) (2022.g. by Capitalist-Maroon Bay, by Exceed and Excel-Legally Bay). 1st HKJC Chater H.Half-Brother to  Stormland (2022.g. by Hello Youmzain-Sienna Rose, by More Than Ready-Maroon Bay). 1st ATC (Canterbury) Quayclean H.Half-Brother to  Stormland (2022.g. by Hello Youmzain-Sienna Rose, by More Than Ready-Maroon Bay). 2nd ATC (Randwick) Buy an Arrowfield Graduate H.Half-Brother to  Imperial Rose (2023.f. by Sword of State-Sienna Rose, by More Than Ready-Maroon Bay). 2nd Thames JC Mark Anderson Maiden S.</t>
   </si>
   <si>
     <t>Sima</t>
   </si>
   <si>
-    <t>Sister to  Yamato Satona (2022.c. by Satono Aladdin-Sima, by Commands-Mead). 2nd BOP RC Laser Plumbling S.Closely related to  Pharoah's Glory (2021.f. by American Pharoah-Spiced, by Exceed and Excel-Mead). 1st Mortlake RC Pre-Mix Concrete Maiden P.Closely related to  Pharoah's Glory (2021.f. by American Pharoah-Spiced, by Exceed and Excel-Mead). 1st Ballarat TC Hygain Winners Choice H.Half-Sister to  Star Warrior (2021.g. by Vadamos-Sima, by Commands-Mead). 1st Taupo RC Cosana Honey Maiden S.</t>
+    <t>Sister to  Yamato Satona (2022.c. by Satono Aladdin-Sima, by Commands-Mead). 2nd BOP RC Laser Plumbling S.Sister to  Yamato Satona (2022.c. by Satono Aladdin-Sima, by Commands-Mead). 3rd Auckland TR Gingernuts Salver LClosely related to  Pharoah's Glory (2021.f. by American Pharoah-Spiced, by Exceed and Excel-Mead). 1st Mortlake RC Pre-Mix Concrete Maiden P.Closely related to  Pharoah's Glory (2021.f. by American Pharoah-Spiced, by Exceed and Excel-Mead). 1st Ballarat TC Hygain Winners Choice H.Half-Sister to  Star Warrior (2021.g. by Vadamos-Sima, by Commands-Mead). 1st Taupo RC Cosana Honey Maiden S.</t>
   </si>
   <si>
     <t>Sinarahma</t>
   </si>
   <si>
-    <t>Out of a sibling to  House of Lords (2020.f. by Almanzor-Shez Sinsational, by Ekraar-Original Sin). 1st Moe RC Royal Snack H.</t>
+    <t>Out of a sibling to  House of Lords (2020.f. by Almanzor-Shez Sinsational, by Ekraar-Original Sin). 1st Moe RC Royal Snack H.Out of a sibling to  Sinister (2022.g. by Savabeel-Shez Sinsational, by Ekraar-Original Sin). 1st Newcastle JC Robert Thompson Maiden P.</t>
   </si>
   <si>
     <t>Skywards</t>
   </si>
   <si>
     <t>Closely related to  Amyer Star (2020.f. by Almanzor-Stargazing, by Rip Van Winkle-Sarwatch). 1st Rotorua RC Shorts Cartage Contractors H.</t>
   </si>
   <si>
     <t>Sleeping Beauty</t>
   </si>
   <si>
-    <t>Closely related to  AGERA (2019.g. by Complacent-Shelly Bee, by Pentire-Sea Island). 1st Tauranga S. Gr.2Closely related to  AGERA (2019.g. by Complacent-Shelly Bee, by Pentire-Sea Island). 1st Wairarapa RC Feilding CupFrom the same family as  Adorable Thought (2022.f. by So You Think-Adorabubble, by Ferocity-Newport Beach). 1st BRC (Doomben) Christmas Carols Maiden H.From the same family as  Adorable Thought (2022.f. by So You Think-Adorabubble, by Ferocity-Newport Beach). 3rd BRC (Eagle Farm) Vo Rogue P. Gr.3</t>
+    <t>Closely related to  AGERA (2019.g. by Complacent-Shelly Bee, by Pentire-Sea Island). 1st Tauranga S. Gr.2Closely related to  AGERA (2019.g. by Complacent-Shelly Bee, by Pentire-Sea Island). 1st Wairarapa RC Feilding CupFrom the same family as  Adorable Thought (2022.f. by So You Think-Adorabubble, by Ferocity-Newport Beach). 1st BRC (Doomben) Christmas Carols Maiden H.From the same family as  Adorable Thought (2022.f. by So You Think-Adorabubble, by Ferocity-Newport Beach). 3rd BRC (Eagle Farm) Vo Rogue P. Gr.3From the same family as  Moravia (2020.g. by Snitzel-Our Crown Mistress, by Star Witness-Barangaroo). 3rd GCTC (Gold Coast) Magic Millions Cup (R) L</t>
   </si>
   <si>
     <t>Smashing</t>
   </si>
   <si>
     <t>Closely related to  Glastonbury Girl (2022.f. by Churchill-Ruud As, by Savabeel-Ruud Van Slaats). 1st Canberra RC Allinsure P.</t>
   </si>
   <si>
     <t>Smoulder</t>
   </si>
   <si>
     <t>Out of a sibling to  Rising Phoenix (2021.g. by Darci Brahma-Flying Firebird, by Stravinsky-Hairini). 1st HKJC Fairy King Prawn H.</t>
   </si>
   <si>
     <t>Sombreuil</t>
   </si>
   <si>
-    <t>Half-Brother to  PROVENCE (2019.f. by Savabeel-Sombreuil, by Flying Spur-Te Akau Rose). 1st WRC Captain Cook S. Gr.1Half-Brother to  PROVENCE (2019.f. by Savabeel-Sombreuil, by Flying Spur-Te Akau Rose). 2nd Auckland Thoroughbred Breeders' S. Gr.2</t>
+    <t>Half-Brother to  PROVENCE (2019.f. by Savabeel-Sombreuil, by Flying Spur-Te Akau Rose). 1st WRC Captain Cook S. Gr.1Half-Brother to  PROVENCE (2019.f. by Savabeel-Sombreuil, by Flying Spur-Te Akau Rose). 2nd Auckland Thoroughbred Breeders' S. Gr.2Closely related to  Thunderlips (2020.g. by Zoustar-Shapita, by Foxwedge-Te Akau Rose). 2nd ATC (Randwick) Carrington S. LFrom the same family as  I Am Aria (2023.f. by I Am Invincible-Talaria, by O'Reilly-Alberton Princess). 2nd MRC (Caulfield) Blue Diamond Preview (f) Gr.3</t>
   </si>
   <si>
     <t>Songbird</t>
   </si>
   <si>
     <t>Closely related to  Bethany Dee (2021.f. by Embellish-From Eden, by Tavistock-Drama Queen). 1st Te Aroha JC Mana Park Maiden S.Closely related to  Dance the Night (2022.f. by Almanzor-Stolen Dance, by Alamosa-Songbird). 1st Auckland TR Dunstan Maiden S.</t>
   </si>
   <si>
     <t>Sopraffina</t>
   </si>
   <si>
-    <t>From the same family as  TOMODACHI (2020.f. by Tarzino-Quintessentially, by High Chaparral-Uberalles). 4th WRC Telegraph S. Gr.1From the same family as  PERICLES (2020.g. by Rubick-Empyrean, by O'Reilly-Ethereal). 1st Waikato TR Lodge Real Estate MileClosely related to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 1st Auckland TR Barfoot and Thompson Maiden S.</t>
+    <t>From the same family as  TOMODACHI (2020.f. by Tarzino-Quintessentially, by High Chaparral-Uberalles). 4th WRC Telegraph S. Gr.1From the same family as  PERICLES (2020.g. by Rubick-Empyrean, by O'Reilly-Ethereal). 1st Waikato TR Lodge Real Estate MileClosely related to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 1st Auckland TR Barfoot and Thompson Maiden S.Closely related to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 4th Auckland TR Gingernuts Salver L</t>
   </si>
   <si>
     <t>Justify</t>
   </si>
   <si>
     <t>Soubrettes</t>
   </si>
   <si>
     <t>Snitzel</t>
   </si>
   <si>
     <t>Sovereign Love</t>
   </si>
   <si>
-    <t>Closely related to  Benevac (2022.g. by Bivouac-Houston Benefactor, by Encosta de Lago-Sovereign Duchess). 4th Gosford Guineas LClosely related to  Canadian Ruler (2020.g. by Vancouver-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st Canberra RC TAB Federal H.Closely related to  Khaleesi (2021.f. by Savabeel-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st Auckland TR Yourride S.Closely related to  Khaleesi (2021.f. by Savabeel-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st BOP RC Commerce Lane Chambers Maiden S.Closely related to  Startide (2019.f. by Star Turn-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st SAJC (Morphettville) Equipped Group Australia H.</t>
+    <t>Closely related to  Benevac (2022.g. by Bivouac-Houston Benefactor, by Encosta de Lago-Sovereign Duchess). 4th Gosford Guineas LClosely related to  Canadian Ruler (2020.g. by Vancouver-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st ATC (Kensington) TAB H.Closely related to  Canadian Ruler (2020.g. by Vancouver-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st Canberra RC TAB Federal H.Closely related to  Khaleesi (2021.f. by Savabeel-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st Auckland TR Yourride S.Closely related to  Khaleesi (2021.f. by Savabeel-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st BOP RC Commerce Lane Chambers Maiden S.Closely related to  Startide (2019.f. by Star Turn-Sovereign Eminence, by Testa Rossa-Sovereign Duchess). 1st SAJC (Morphettville) Equipped Group Australia H.</t>
   </si>
   <si>
     <t>So You Merge</t>
   </si>
   <si>
     <t>Closely related to  Miss Kasei (2022.f. by Admire Mars-Adamina, by Snitzel-Anadan). 1st Yarra Valley RC Victorian Sports Group Maiden P.</t>
   </si>
   <si>
     <t>Sparkling</t>
   </si>
   <si>
-    <t>Closely related to  Tsunami Sam (2018.g. by Shamexpress-Row of Diamonds, by Savabeel-Enlighten). 3rd TTC Newmarket H. LClosely related to  Boxmoss (2020.g. by Vadamos-Pokuru Boxer, by Stravinsky-Pokuru Star). 1st Auckland TR Kingmakers Syndication H.Closely related to  On the Lash (2020.g. by Savabeel-Candelabra, by Pins-Bling). 1st HKJC Lukfook Jewellery Wedding Collection H.</t>
+    <t>Closely related to  Tsunami Sam (2018.g. by Shamexpress-Row of Diamonds, by Savabeel-Enlighten). 3rd TTC Newmarket H. LClosely related to  Boxmoss (2020.g. by Vadamos-Pokuru Boxer, by Stravinsky-Pokuru Star). 1st Auckland TR Kingmakers Syndication H.Closely related to  On the Lash (2020.g. by Savabeel-Candelabra, by Pins-Bling). 1st HKJC Lukfook Jewellery Wedding Collection H.Closely related to  Mercurial Boy (2019.g. by Pendragon-Mercury Lady, by O'Reilly-Enlighten). 1st Great Western RC Monaghan's Real Estate Maiden P.</t>
   </si>
   <si>
     <t>Special Light</t>
   </si>
   <si>
     <t>From the same family as  FANGIRL (2018.f. by Sebring-Little Surfer Girl, by Encosta de Lago-Special Harmony). 4th VRC (Flemington) Empire Rose S. Gr.1From the same family as  BUCKETS RIDGE (2020.g. by Pride of Dubai-Reveille, by High Chaparral-Europa Point). 1st WATC (Ascot) GA Towton Cup LFrom the same family as  BUCKETS RIDGE (2020.g. by Pride of Dubai-Reveille, by High Chaparral-Europa Point). 3rd WATC (Ascot) AJ Scahill Cup LFrom the same family as  TOROPA (2020.f. by Toronado-Europa Point, by Rock of Gibraltar-Gambei). 1st WATC (Ascot) Jungle Dawn Classic LHalf-Brother to  Twin Island (2021.f. by Per Incanto-Special Light, by Redoute's Choice-New Light). 2nd Moranbah RC Hahnlec H.</t>
   </si>
   <si>
     <t>Home Affairs</t>
   </si>
   <si>
     <t>Special Memories</t>
   </si>
   <si>
-    <t>From the same family as  MOON CLOUD (2022.f. by Wootton Bassett-Sharavana, by Fastnet Rock-Mydarshaan). 1st Saint-Cloud Prix Isola Bella LHalf-Brother to  Baja Baby (2021.f. by Justify-Special Memories, by Fastnet Rock-Memories of You). 2nd Illawarra TC Henry Clive Bar Maiden H.</t>
+    <t>From the same family as  MOON CLOUD (2022.f. by Wootton Bassett-Sharavana, by Fastnet Rock-Mydarshaan). 1st Saint-Cloud Prix Isola Bella LClosely related to  Mystery 'n' Drama (2022.f. by Lucky Vega-Unforgotten, by Fastnet Rock-Memories of You). 1st MRC (Mornington) Big Event Picnic Tables Maiden P.Half-Brother to  Baja Baby (2021.f. by Justify-Special Memories, by Fastnet Rock-Memories of You). 2nd Illawarra TC Henry Clive Bar Maiden H.</t>
   </si>
   <si>
     <t>Spirit of Galway</t>
   </si>
   <si>
     <t>Half-Sister to  Whatthemansaw (2021.g. by Almanzor-Spirit of Galway, by Rip Van Winkle-Galway). 2nd BOP RC Freshchoice Maiden S.</t>
   </si>
   <si>
     <t>Pierro</t>
   </si>
   <si>
     <t>Split Not a Shock</t>
   </si>
   <si>
+    <t>From the same family as  LUX LIBERTAS (2020.f. by Almanzor-Miss Fi, by Makfi-Paloma). 1st Manawatu Challenge S. Gr.2From the same family as  LUX LIBERTAS (2020.f. by Almanzor-Miss Fi, by Makfi-Paloma). 2nd Auckland Thoroughbred Breeders' S. Gr.2From the same family as  LUX LIBERTAS (2020.f. by Almanzor-Miss Fi, by Makfi-Paloma). 2nd BOP RC Tauranga Classic LHalf-Sister to  Elite Golf (2022.g. by Frosted-Split Not a Shock, by Snitzel-World Joy). 1st HKJC Wu Kai Sha H.</t>
+  </si>
+  <si>
+    <t>Brutal</t>
+  </si>
+  <si>
+    <t>Sports Writer</t>
+  </si>
+  <si>
+    <t>Brother to  Totoka (2021.f. by Brutal-Sports Writer, by Written Tycoon-Winning Team). 2nd Newcastle JC Kris Lees H.</t>
+  </si>
+  <si>
+    <t>Spritz</t>
+  </si>
+  <si>
+    <t>Closely related to  Ready to Drink - Shimi Go (Mal.) (2018.g. by Burgundy-Corsage, by Volksraad-Spray). 1st Selangor TC Royal Sabah Turf Club TrophyClosely related to  Rezeki (2020.g. by Ardrossan-O'Misty, by O'Reilly-Corsage). 1st HKJC Wu Kau Tang H.Half-Brother to  Healthy Healthy (2019.g. by Per Incanto-Spritz, by Thorn Park-Spray). 2nd HKJC Shantou H.Half-Brother to  Healthy Healthy (2019.g. by Per Incanto-Spritz, by Thorn Park-Spray). 2nd HKJC Nightjar H.Half-Brother to  Healthy Healthy (2019.g. by Per Incanto-Spritz, by Thorn Park-Spray). 3rd HKJC Longines International Jockeys' Championship H.Closely related to  High Roller (2021.g. by Ace High-Miss Thorn, by Thorn Park-Spray). 1st CJC EDR Contracting Maiden S.</t>
+  </si>
+  <si>
+    <t>Star Karen</t>
+  </si>
+  <si>
+    <t>Closely related to  Hearcomesthestar (2020.f. by Zoustar-Hear the Chant, by Nicconi-Quietzer). 1st Southside Racing Lawson Poole P.Closely related to  Hearcomesthestar (2020.f. by Zoustar-Hear the Chant, by Nicconi-Quietzer). 2nd Geelong RC Black Pearl S. LClosely related to  Beau Factor (2017.g. by The Factor-Sister Samantha, by Encosta de Lago-Calm Smytzer). 1st Darwin TC BKM Projects Mile H.Closely related to  Hi Tiago (2020.f. by Vancouver-Quietzer, by More Than Ready-Calm Smytzer). 1st Dunkeld RC Phil Chambers Maiden P.Closely related to  Hi Tiago (2020.f. by Vancouver-Quietzer, by More Than Ready-Calm Smytzer). 1st Kyneton &amp; Hanging Rock RC Jack Styring Oam H.Closely related to  Scream (2019.g. by Zoustar-Hear the Chant, by Nicconi-Quietzer). 1st Kyneton &amp; Hanging Rock RC Stan Nicholls SprintClosely related to  Pineto Lad (2022.g. by Spieth-Sam's a Fox, by Foxwedge-Sister Samantha). 1st Tweed River JC Jason Birney Memorial Maiden P.</t>
+  </si>
+  <si>
+    <t>Starry</t>
+  </si>
+  <si>
+    <t>Closely related to  The Gambling Greek (2021.g. by Russian Revolution-Delta Girl, by General Nediym-Etoile Centieme). 1st BRC (Doomben) Girls Day Out March H.Closely related to  Nineveh (2020.f. by No Nay Never-Delta Girl, by General Nediym-Etoile Centieme). 1st Berrigan DRC Neil Davis Memorial H.</t>
+  </si>
+  <si>
+    <t>Steelsheen</t>
+  </si>
+  <si>
+    <t>Closely related to  QUEEN ZOU (2020.f. by Zoustar-Lady Oracle, by Medaglia d'Oro-Wild Queen). 1st Auckland TR Rich Hill Mile Gr.2Closely related to  QUEEN ZOU (2020.f. by Zoustar-Lady Oracle, by Medaglia d'Oro-Wild Queen). 1st Auckland TR Show by Skycity H.Closely related to  QUEEN ZOU (2020.f. by Zoustar-Lady Oracle, by Medaglia d'Oro-Wild Queen). 2nd Waikato TR Cal Isuzu S. Gr.2Closely related to  Limahuli (2021.g. by Street Boss-Night Garden, by Redoute's Choice-Wild Queen). 1st Ballina JC Lennox Hotel H.Closely related to  Dance Lady (2022.f. by Exceedance-Lady Oracle, by Medaglia d'Oro-Wild Queen). 1st Stawell RC Don Murphy Memorial Maiden P.</t>
+  </si>
+  <si>
+    <t>Steer by the Stars</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Wico (2020.c. by No Nay Never-Mundus Novus, by Unbridled's Song-Wild Planet). 1st Woodbine ClaimingHalf-Sister to  Hello Captain (2022.g. by Hello Youmzain-Steer by the Stars, by Pivotal-Mundus Novus). 1st SCTC (Sunshine Coast) Sherrin Rentals Maiden P.Half-Sister to  Hello Captain (2022.g. by Hello Youmzain-Steer by the Stars, by Pivotal-Mundus Novus). 2nd BRC (Doomben) Sky Racing Maiden P.Out of a sibling to  Ocean Side (2015.g. by Dark Angel-Mundus Novus, by Unbridled's Song-Wild Planet). 1st Bro Park Klass 3 H.</t>
+  </si>
+  <si>
+    <t>Stella Creek</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Whirlpool (2022.f. by Ancient Spirit-Cherry Creek, by Monashee Mountain-Stage Flash). 1st South Canterbury RC Vale Bill Andrews Maiden S.</t>
+  </si>
+  <si>
+    <t>Stella Grace</t>
+  </si>
+  <si>
+    <t>From the same family as  Savile Row (2014.g. by Ransom O'War-Shikoku, by Green Desert-Sandy Island). 1st Saint-Cloud Prix de la FretteClosely related to  Sweltering (2021.f. by Too Darn Hot-Daring, by Encosta de Lago-Liatris). 1st ATC (Canterbury) Irresistible Pools Maiden P.Closely related to  Swift Legend (2022.c. by Dundeel-Global Queen, by Snitzel-Subsequent). 1st ATC (Canterbury) Asahi Super Dry H.Closely related to  Blenheim Girl (2022.f. by Churchill-Kristy Lee, by Encosta de Lago-Shania Dane). 1st GCTC (Gold Coast) Jonker Maiden P.</t>
+  </si>
+  <si>
+    <t>Supera</t>
+  </si>
+  <si>
+    <t>Super Power</t>
+  </si>
+  <si>
+    <t>From the same family as  DANON AYERS ROCK (2021.c. by Maurice-Mosheen, by Fastnet Rock-Sumehra). 2nd Nakayama New Year S. LFrom the same family as  DANON AYERS ROCK (2021.c. by Maurice-Mosheen, by Fastnet Rock-Sumehra). 3rd Hanshin Rigel S. LFrom the same family as  Sagarmatha (2023.f. by Palace Pier-Scone, by Dansili-Blarney Stone). 3rd Deauville Prix Zeddaan L</t>
+  </si>
+  <si>
+    <t>Super Trouper</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Super Alana (2019.f. by Belardo-Super Trouper, by Darci Brahma-Trouville). 1st SAJC (Morphettville) Sportsbet H.</t>
+  </si>
+  <si>
+    <t>Surtout</t>
+  </si>
+  <si>
+    <t>Surveillance</t>
+  </si>
+  <si>
+    <t>Suspicious</t>
+  </si>
+  <si>
+    <t>Closely related to  Anquod (2023.c. by Time Test-Dynamic, by Teofilo-White Cay). 1st Al-Janadriah Maiden</t>
+  </si>
+  <si>
+    <t>Sutphin Boulevard</t>
+  </si>
+  <si>
+    <t>From the same family as  SENTIMENTAL HERO (2017.g. by Al Maher-Sentimental Star, by More Than Ready-Lady Ashford). 3rd WATC (Ascot) Railway S. Gr.1From the same family as  SENTIMENTAL HERO (2017.g. by Al Maher-Sentimental Star, by More Than Ready-Lady Ashford). 3rd WATC (Ascot) Ted Van Heemst S. Gr.2From the same family as  Royal Law (2020.g. by Pierro-Royal Star, by Redoute's Choice-Star Encounter). 1st WATC (Ascot) Carbine Club of WA CupClosely related to  Global Eclipse (2021.g. by Pierata-Global Dream, by Fastnet Rock-Valadon). 1st MVRC (Pakenham) DCE H.Closely related to  Mercurial Lady (2021.f. by So You Think-Aware, by Tale of the Cat-Media). 1st MRC (Sandown) Frank O'Brien H.Closely related to  North Pole (2022.g. by Farnan-Global Dream, by Fastnet Rock-Valadon). 1st GCTC (Beaudesert) Officiating H.Closely related to  Viresha (2022.f. by North Pacific-Valoura, by Exceed and Excel-Valadon). 1st WATC (Belmont) Glenroy Chaff Maiden P.</t>
+  </si>
+  <si>
+    <t>Sweet Inspiration</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Chartin (2018.g. by Tarzino-Sweet Inspiration, by Power-Indomitable). 2nd Strathalbyn RC Pestka Signs H.Half-Sister to  Chartin (2018.g. by Tarzino-Sweet Inspiration, by Power-Indomitable). 2nd Oakbank RC (Oakbank) Harcourts H.Half-Sister to  Chartin (2018.g. by Tarzino-Sweet Inspiration, by Power-Indomitable). 3rd Balaklava RC TQCSI H.Half-Sister to  Gate Crashers (2021.g. by Almanzor-Sweet Inspiration, by Power-Indomitable). 2nd WRC Dunstan Stayers QualifierHalf-Sister to  Gate Crashers (2021.g. by Almanzor-Sweet Inspiration, by Power-Indomitable). 3rd WRC Ernesto's H.</t>
+  </si>
+  <si>
+    <t>Swing a Deel</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Two Wolves (2021.g. by Castelvecchio-Zing and Swing, by Not a Single Doubt-Zest). 1st MRC (Sandown) Stow Storage Solutions H.Half-Brother to  Goodello (2022.f. by Hello Youmzain-Swing a Deel, by Dundeel-Zing and Swing). 3rd Werribee RC Wyndham City Council Maiden P.</t>
+  </si>
+  <si>
+    <t>Swiss Beauty</t>
+  </si>
+  <si>
+    <t>Half-Sister to  BETTY SPAGHETTI (2019.f. by Stratum Star-Swiss Beauty, by Swiss Ace-Our Squeezer). 2nd CJC Timaru S. LFrom the same family as  Justadeel (2020.g. by Dundeel-Lady Cumquat, by Duke of Marmalade-Imposingly). 3rd MRC (Caulfield) John Dillon S. LOut of a sibling to  Another World (2020.g. by Kermadec-Our Squeezer, by Redoute's Choice-Imposingly). 1st HKJC Mody H.Half-Sister to  Mogul (2020.g. by Rubick-Swiss Beauty, by Swiss Ace-Our Squeezer). 3rd CJC Scenic Hotel H.Half-Sister to  Mogul (2020.g. by Rubick-Swiss Beauty, by Swiss Ace-Our Squeezer). 3rd South Canterbury RC Go Racing H.</t>
+  </si>
+  <si>
+    <t>Better Than Ready</t>
+  </si>
+  <si>
+    <t>Tavi l'Amour</t>
+  </si>
+  <si>
+    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 4th CJC Timaru S. LClosely related to  Super Unicorn (2019.g. by Savabeel-Lovetessa, by O'Reilly-Love Diamonds). 1st HKJC Causeway Bay H.</t>
+  </si>
+  <si>
+    <t>Taviqueen</t>
+  </si>
+  <si>
+    <t>Closely related to  New York Belle (2021.f. by Belardo-New York Minute, by Iffraaj-Zenno Queen). 1st Taranaki RC Caci Clinic Maiden S.</t>
+  </si>
+  <si>
+    <t>Toronado</t>
+  </si>
+  <si>
+    <t>Tayla's Moment</t>
+  </si>
+  <si>
+    <t>From the same family as  BONJOY (2019.f. by Maschino-Amity Belle, by Snitzel-Divine Deputy). 4th WATC (Ascot) Jungle Dawn Classic L</t>
+  </si>
+  <si>
+    <t>Tellmeaboutit</t>
+  </si>
+  <si>
+    <t>Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC After Party H.Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC James Hardie H.Closely related to  Snippety Legend (2020.g. by Snitzel-Reply Churlish, by O'Reilly-You Can't Say That). 1st Geraldton TC Tabtouch H.</t>
+  </si>
+  <si>
+    <t>Tessastock</t>
+  </si>
+  <si>
+    <t>Closely related to  Thundergod (2017.g. by Zacinto-Marcelle, by No Excuse Needed-Proustian). 1st Perak TC Class 5 H.Closely related to  Thundergod (2017.g. by Zacinto-Marcelle, by No Excuse Needed-Proustian). 1st Perak TC Class 5 H.Closely related to  Thundergod (2017.g. by Zacinto-Marcelle, by No Excuse Needed-Proustian). 1st Perak TC Class 5 H.Closely related to  Thundergod (2017.g. by Zacinto-Marcelle, by No Excuse Needed-Proustian). 1st Perak TC Class 5 H.</t>
+  </si>
+  <si>
+    <t>The Diamond One</t>
+  </si>
+  <si>
+    <t>From the same family as  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2Half-Brother to  THE RADIANT ONE (2018.f. by Darci Brahma-The Diamond One, by Tale of the Cat-The Jewel). 2nd CJC Canterbury Breeders S. Gr.3Half-Brother to  THE RADIANT ONE (2018.f. by Darci Brahma-The Diamond One, by Tale of the Cat-The Jewel). 3rd Southland RC The Edge H.Half-Brother to  The Princie One (2020.f. by Savabeel-The Diamond One, by Tale of the Cat-The Jewel). 2nd Waikouaiti RC Cooke Howlison H.</t>
+  </si>
+  <si>
+    <t>Thee</t>
+  </si>
+  <si>
+    <t>From the same family as  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2Half-Sister to  Patch of Cosmo (2021.g. by Super Seth-Thee, by Savabeel-Thy). 1st HKJC Tennis H.</t>
+  </si>
+  <si>
+    <t>Thee Auld Floozie</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Another Floozie (2021.f. by Savabeel-Thee Auld Floozie, by Mastercraftsman-Thee Auld Hussie). 1st Rotorua RC House of Elliott Maiden S.Half-Brother to  Another Floozie (2021.f. by Savabeel-Thee Auld Floozie, by Mastercraftsman-Thee Auld Hussie). 1st Waikato TR Altano Machine H.Half-Brother to  Another Floozie (2021.f. by Savabeel-Thee Auld Floozie, by Mastercraftsman-Thee Auld Hussie). 3rd Avondale JC Pearl Series Maiden S.</t>
+  </si>
+  <si>
+    <t>The Precious One</t>
+  </si>
+  <si>
+    <t>From the same family as  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2Closely related to  THE RADIANT ONE (2018.f. by Darci Brahma-The Diamond One, by Tale of the Cat-The Jewel). 2nd CJC Canterbury Breeders S. Gr.3</t>
+  </si>
+  <si>
+    <t>The Real Beel</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Appointed - Pacific Energy (Mal.) (2021.g. by Super Seth-The Real Beel, by Savabeel-Ahna). 1st Selangor TC Malaysian Celebrities TrophyHalf-Sister to  Appointed - Pacific Energy (Mal.) (2021.g. by Super Seth-The Real Beel, by Savabeel-Ahna). 1st Selangor TC Petronas Twin Towers S.Half-Sister to  Appointed - Pacific Energy (Mal.) (2021.g. by Super Seth-The Real Beel, by Savabeel-Ahna). 3rd Selangor TC Spirit of Malaysia S.Half-Sister to  Convinced (2022.f. by Super Seth-The Real Beel, by Savabeel-Ahna). 1st Matamata RC Elsdon Park Maiden S.Half-Sister to  Rons Finest Choice (2020.g. by Tivaci-The Real Beel, by Savabeel-Ahna). 3rd Cairns JC Star FM P.Half-Sister to  Rons Finest Choice (2020.g. by Tivaci-The Real Beel, by Savabeel-Ahna). 3rd Mackay TC Book for Christmas H.Half-Sister to  Rons Finest Choice (2020.g. by Tivaci-The Real Beel, by Savabeel-Ahna). 3rd Cairns JC Ladbrokes H.</t>
+  </si>
+  <si>
+    <t>Threepence</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Notabadspillane (2020.g. by Time Test-Threepence, by Pentire-Our Sophie). 2nd New Zealand Cup Gr.3Closely related to  Tisse (2020.g. by Belardo-Miss Percy, by Sir Percy-Our Sophie). 1st WRC Bill Tito Book Repair H.</t>
+  </si>
+  <si>
+    <t>Contributer</t>
+  </si>
+  <si>
+    <t>Thunder Machine</t>
+  </si>
+  <si>
+    <t>From the same family as  Zambezi River (2019.g. by I Am Invincible-Zamzam, by Redoute's Choice-Fleur De'here). 1st Dubbo TC Lazy River Estate H.Closely related to  Prince Alby (2018.g. by Sacred Falls-Oya, by Black Minnaloushe-Thunderchine). 1st Riverton RC Sparrow Logging H.Closely related to  Prince Alby (2018.g. by Sacred Falls-Oya, by Black Minnaloushe-Thunderchine). 4th New Zealand Cup Gr.3</t>
+  </si>
+  <si>
+    <t>Thy</t>
+  </si>
+  <si>
+    <t>Closely related to  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2From the same family as  THE RADIANT ONE (2018.f. by Darci Brahma-The Diamond One, by Tale of the Cat-The Jewel). 2nd CJC Canterbury Breeders S. Gr.3Closely related to  Patch of Cosmo (2021.g. by Super Seth-Thee, by Savabeel-Thy). 1st HKJC Tennis H.Closely related to  La Prima Dama (2021.f. by Justify-La Dama, by High Chaparral-Star Affair). 1st Wanganui JC Racehorse Owners Association Maiden S.</t>
+  </si>
+  <si>
+    <t>Tiff and Co</t>
+  </si>
+  <si>
+    <t>From the same family as  DIAMOND SCENE (2019.g. by So You Think-Jewelled, by Zabeel-Tbaareeh). 4th WATC (Ascot) Railway S. Gr.1From the same family as  DIAMOND SCENE (2019.g. by So You Think-Jewelled, by Zabeel-Tbaareeh). 4th WATC (Ascot) Ted Van Heemst S. Gr.2Closely related to  Lady Bouquet (2021.f. by Land Force-Loulou Bellini, by Toronado-Ego). 1st Wolverhampton Create Your Bet Builders at Midnite H.Closely related to  Eastern Barracks (2021.g. by Tivaci-O'Me O'My, by O'Reilly-Myself). 1st Selangor TC Open Maiden H.</t>
+  </si>
+  <si>
+    <t>Tiptoes</t>
+  </si>
+  <si>
+    <t>From the same family as  AWESOME JOHN - AWESOME FLUKE (H.K.) (2019.g. by Awesome Rock-Jayquin Star, by O'Reilly-My First Fifteen). 1st HKJC Hing Yip H.From the same family as  TROBRIAND (2020.c. by Kermadec-Arboreal, by Lonhro-Koala Bear). 2nd CJC Stewards S. LFrom the same family as  LASSIFIED (2023.f. by Stay Inside-Exclusive Lass, by Nicconi-World Exclusive). 1st WRC Wellesley S. LFrom the same family as  LASSIFIED (2023.f. by Stay Inside-Exclusive Lass, by Nicconi-World Exclusive). 1st Wairarapa RC LA Stud 2YO S.From the same family as  LASSIFIED (2023.f. by Stay Inside-Exclusive Lass, by Nicconi-World Exclusive). 4th Manawatu RC Wakefield Challenge S. Gr.2Closely related to  Short (2020.g. by Savabeel-Taller, by Sacred Falls-Tiptoes). 1st Winton JC Nightcaps Contracting H.Closely related to  Sunshine Ale (2021.f. by Telperion-Red Carpet, by Pins-Promenade). 1st Waipukurau JC Glenanthony Simmentals H.Closely related to  Fashionable (2022.f. by Savabeel-Mary Quant, by O'Reilly-Legs). 4th VRC (Flemington) Wakeful S. Gr.2Closely related to  Los Santos (2022.c. by Tivaci-Novelty, by O'Reilly-Promenade). 1st Matamata RC Bell and Graham Maiden S.</t>
+  </si>
+  <si>
+    <t>To be Sure</t>
+  </si>
+  <si>
+    <t>Closely related to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 1st Auckland TR Great Northern Challenge S. Gr.3Closely related to  MARY SHAN (2020.f. by Almanzor-Shanzam, by High Chaparral-Shanzero). 1st BOP RC Happy Hire Cup</t>
+  </si>
+  <si>
+    <t>Toss Up</t>
+  </si>
+  <si>
+    <t>From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3From the same family as  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.</t>
+  </si>
+  <si>
+    <t>True Icon</t>
+  </si>
+  <si>
+    <t>Closely related to  SPICY MARG (2023.f. by Starspangledbanner-Main Desire, by High Chaparral-Purple Glow). 1st Newmarket Bosra Sham S. L</t>
+  </si>
+  <si>
+    <t>Twenty One Times</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Forty Times (2020.g. by Savabeel-Twenty One Times, by O'Reilly-Make a Wish). 1st Toowoomba TC National Tiles H.Half-Brother to  Forty Times (2020.g. by Savabeel-Twenty One Times, by O'Reilly-Make a Wish). 2nd GCTC (Gold Coast) Jamie Boyd H.</t>
+  </si>
+  <si>
+    <t>Ultimate Pride</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Holymanz (2019.g. by Almanzor-Perfect Offering, by Dubawi-Bells Will Ring). 1st Geelong RC Coastal ClassicOut of a sibling to  Holymanz (2019.g. by Almanzor-Perfect Offering, by Dubawi-Bells Will Ring). 1st Werribee RC Werribee CupOut of a sibling to  Holymanz (2019.g. by Almanzor-Perfect Offering, by Dubawi-Bells Will Ring). 3rd Cranbourne Cup LOut of a sibling to  Perfectmanz (2020.g. by Almanzor-Perfect Offering, by Dubawi-Bells Will Ring). 1st BOP RC Mills Reef H.Out of a sibling to  Perfectmanz (2020.g. by Almanzor-Perfect Offering, by Dubawi-Bells Will Ring). 1st Waikato TR Buccaneer Boats H.</t>
+  </si>
+  <si>
+    <t>Underthemoonlight</t>
+  </si>
+  <si>
+    <t>Closely related to  Landman (2022.g. by Hello Youmzain-Midnight Delight, by Captain Rio-Midnight Dip). 3rd Levin RC Wellington S. Gr.3</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Brother to  Poison Chalice (2019.g. by Savabeel-Urban, by O'Reilly-Metropolitan). 3rd VRC (Flemington) Chester Manifold S. LBrother to  Uptown (2022.f. by Savabeel-Urban, by O'Reilly-Metropolitan). 3rd Matamata Breeders Maiden S.</t>
+  </si>
+  <si>
+    <t>Alabama Express</t>
+  </si>
+  <si>
+    <t>Vaishali</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Land Bank (2021.g. by Territories-Vaishali, by Sepoy-Republic Lass). 1st Ipswich TC (Ipswich) Gordon's Gin H.Half-Brother to  Land Bank (2021.g. by Territories-Vaishali, by Sepoy-Republic Lass). 2nd SCTC (Sunshine Coast) Martin Collins Australia H.Half-Brother to  Land Bank (2021.g. by Territories-Vaishali, by Sepoy-Republic Lass). 3rd Ipswich TC (Ipswich) Seven News H.</t>
+  </si>
+  <si>
+    <t>Valentino's On</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 3rd Counties Cup Gr.3Out of a sibling to  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 4th Auckland TR Balmerino S. Gr.3From the same family as  Basquiat - Pacific Warrior (Sing.) (2019.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 3rd Perak TC Coronation Cup L</t>
+  </si>
+  <si>
+    <t>Valmur</t>
+  </si>
+  <si>
+    <t>From the same family as  Renovations (2021.f. by Ardrossan-Dee I Why, by Zabeel-Playful Fingers). 1st Levin RC Keep it Simple H.Closely related to  Megalomaniac (2017.g. by Pure Champion-Sherenzo, by O'Reilly-Ritzy Lady). 1st Central Otago RC Metalcraft Roofing H.Half-Sister to  Marriage Vows (2021.f. by Time Test-Valmur, by Ocean Park-Ever Clever). 2nd Taranaki RC Crowded House Bar H.Closely related to  Frostration (2022.f. by Frosted-Indiscretion, by Sebring-Le Societe). 1st Alexandra PRC See You at the Cup Maiden P.Closely related to  Frostration (2022.f. by Frosted-Indiscretion, by Sebring-Le Societe). 1st Healesville ARC Bub’s Nugs H.Closely related to  What About Peace (2022.f. by War Decree-Sherenzo, by O'Reilly-Ritzy Lady). 1st Riverton RC Memorial Cup</t>
+  </si>
+  <si>
+    <t>Valzacella</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Sir Ruby (2022.g. by King of Comedy-Navy Beach, by Darci Brahma-Beyond the Sunset). 1st Selangor TC Class 4 H.</t>
+  </si>
+  <si>
+    <t>Veearma</t>
+  </si>
+  <si>
+    <t>Closely related to  Osteria (2021.g. by Ribchester-Joy of Life, by Zabeel-La Quinta Gold). 1st BOP RC Gartshore Construction H.Half-Sister to  Cricket (2022.f. by Admire Mars-Veearma, by Darci Brahma-La Quinta Gold). 3rd Wairarapa RC Kuripuni Sports Bar Maiden S.</t>
+  </si>
+  <si>
+    <t>Vegas Strip</t>
+  </si>
+  <si>
+    <t>Closely related to  GRINGOTTS (2019.g. by Per Incanto-Miss Bluebell, by Savabeel-Operavega). 1st ATC (Randwick) The Big DanceClosely related to  GRINGOTTS (2019.g. by Per Incanto-Miss Bluebell, by Savabeel-Operavega). 1st Illawarra TC The GongClosely related to  VEGAS QUEEN (2021.f. by Proisir-Miss Vegas, by Carlton House-Operavega). 1st Auckland TR NHR Group H.Closely related to  VEGAS QUEEN (2021.f. by Proisir-Miss Vegas, by Carlton House-Operavega). 1st Auckland TR Pearl Series S.</t>
+  </si>
+  <si>
+    <t>Vera Drake</t>
+  </si>
+  <si>
+    <t>From the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 2nd Camarero Clasico Angel T Cordero Jr LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 3rd Doncaster Wentworth S. LOut of a sibling to  Venetian (2020.g. by Awtaad-Venetian Beauty, by Lear Fan-Venise). 1st Dundalk Bar 1 New App Out Now H.Closely related to  Kidding Me (2021.f. by Yes Yes Yes-Let's Get Married, by Authorized-Venetian Beauty). 1st Geraldton TC Toyota Insurance Maiden P.</t>
+  </si>
+  <si>
+    <t>Veronica Jane</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  ON DISPLAY (2021.f. by Fastnet Rock-Different To, by High Chaparral-Caserio). 3rd VRC (Flemington) Empire Rose S. Gr.1</t>
+  </si>
+  <si>
+    <t>Via Veneto</t>
+  </si>
+  <si>
+    <t>From the same family as  MANGUSTA (2021.f. by Native Khan-Chantalle Rua, by Mountain Cat-Greenest Hills). 4th Ankara Adnan Menderes LClosely related to  Pearling Path (2020.g. by Holy Roman Emperor-Sacrifice My Soul, by Nayef-Via Saleria). 1st Al Rayyan Thoroughbred H.</t>
+  </si>
+  <si>
+    <t>Vincetta</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 1st Auckland TR Barfoot and Thompson Maiden S.Out of a sibling to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 4th Auckland TR Gingernuts Salver L</t>
+  </si>
+  <si>
+    <t>Viscountess</t>
+  </si>
+  <si>
+    <t>Closely related to  Appointed - Pacific Energy (Mal.) (2021.g. by Super Seth-The Real Beel, by Savabeel-Ahna). 1st Selangor TC Malaysian Celebrities TrophyClosely related to  Appointed - Pacific Energy (Mal.) (2021.g. by Super Seth-The Real Beel, by Savabeel-Ahna). 1st Selangor TC Petronas Twin Towers S.Closely related to  Convinced (2022.f. by Super Seth-The Real Beel, by Savabeel-Ahna). 1st Matamata RC Elsdon Park Maiden S.</t>
+  </si>
+  <si>
+    <t>Vis Ta Vie</t>
+  </si>
+  <si>
+    <t>From the same family as  Kliff Bere (2020.g. by Whitecliffsofdover-Black Whip, by Whipper-Southern Queen). 3rd Deauville Prix Arcangues LOut of a sibling to  Laxon (2020.g. by Darci Brahma-Southern Sunset, by Polish Precedent-Due South). 1st Perak TC Class 5 H.</t>
+  </si>
+  <si>
+    <t>Ocean Park</t>
+  </si>
+  <si>
+    <t>Vitesse</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  BELLE CHEVAL (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 1st Auckland TR Almanzor Trophy Gr.3Out of a sibling to  BELLE CHEVAL (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 3rd New Zealand One Thousand Guineas Gr.1</t>
+  </si>
+  <si>
+    <t>Western Belle</t>
+  </si>
+  <si>
+    <t>From the same family as  Jenni Gone Bonkers (2022.f. by Maurice-Lamarque, by Pierro-Antique Rose). 1st Southside Racing PB Ronald H.From the same family as  Jenni Gone Bonkers (2022.f. by Maurice-Lamarque, by Pierro-Antique Rose). 1st Southside Racing Ladbrokes Maiden P.From the same family as  Jenni Gone Bonkers (2022.f. by Maurice-Lamarque, by Pierro-Antique Rose). 2nd MRC (Caulfield) Twilight Glow S. L</t>
+  </si>
+  <si>
+    <t>Whisp</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Cheeky Devil (2022.f. by Contributer-Shortblackmini, by Black Minnaloushe-Miss Opera). 1st Rotorua RC Lance Lawson H.</t>
+  </si>
+  <si>
+    <t>White Glove Test</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  ROBUSTO (2019.g. by Churchill-She's Clean, by Redoute's Choice-Feather Duster). 3rd ATC (Randwick) The Ingham Gr.2From the same family as  SLIPPER ISLAND (2019.c. by No Nay Never-Pedicel, by Redoute's Choice-Cleanup). 4th CJC Pegasus S. LFrom the same family as  SLIPPER ISLAND (2019.c. by No Nay Never-Pedicel, by Redoute's Choice-Cleanup). 4th CJC Stewards S. L</t>
+  </si>
+  <si>
+    <t>Winkelmann</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Mahmoa (2022.g. by Ocean Park-Winkelmann, by Rip Van Winkle-Crepe de Chine). 3rd Lismore TC Disco Marine Maiden P.</t>
+  </si>
+  <si>
+    <t>Win Over</t>
+  </si>
+  <si>
+    <t>Closely related to  Marylene du Serre (2023.f. by Gleneagles-Waleah, by Zoffany-Walzerprinzessin). 1st Strasbourg Prix Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>Pinatubo</t>
+  </si>
+  <si>
+    <t>Winter Sky</t>
+  </si>
+  <si>
+    <t>Closely related to  TOM KITTEN (2020.g. by Harry Angel-Transfers, by Street Cry-Movin' Out). 3rd VRC (Flemington) LKS Mackinnon S. Gr.1From the same family as  Oak Hill (2020.g. by Per Incanto-Isstoora, by High Chaparral-Murjana). 2nd MRC (Caulfield) WJ Adams S. LClosely related to  Copacabana (2020.g. by Toronado-Promenades, by Lonhro-Movin' Out). 1st ATC (Warwick Farm) Hitotsu Yearlings H.Out of a sibling to  Ring My Bell (2022.f. by Hanseatic-Movin' Out, by Encosta de Lago-Twyla). 1st Quirindi JC Boxing Day Races Maiden P.</t>
+  </si>
+  <si>
+    <t>With Certainty</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Foreverintime (2021.f. by Written Tycoon-With Certainty, by Not a Single Doubt-Backatem). 1st WRC Seamarket Sprint</t>
+  </si>
+  <si>
+    <t>Xpression</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Spellbound (2023.g. by Per Incanto-Xpression, by Showcasing-Xpress). 3rd Counties Challenge S. L</t>
+  </si>
+  <si>
+    <t>Yatima</t>
+  </si>
+  <si>
+    <t>Closely related to  ANTIPODEAN (2020.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 2nd Selangor TC Sports Toto Supreme Challenge Cup LClosely related to  Mega Crusader (2022.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 1st Selangor TC Tourism S.Closely related to  Mega Crusader (2022.g. by Derryn-Pakapunch, by Per Incanto-Cancun). 1st Selangor TC Kl Bird Park S.</t>
+  </si>
+  <si>
+    <t>Zenella</t>
+  </si>
+  <si>
+    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 4th CJC Timaru S. LClosely related to  Lovey Dovey (2021.f. by Pierro-Forever Loved, by High Chaparral-Diamond Like). 1st Ipswich TC (Ipswich) Ian Leavers Memorial H.Closely related to  Lovey Dovey (2021.f. by Pierro-Forever Loved, by High Chaparral-Diamond Like). 1st Ipswich TC (Ipswich) Ray White H.Closely related to  Mic Drop (2021.f. by Microphone-El Estoora, by High Chaparral-Diamond Like). 1st SAJC (Morphettville) Thomas Farms H.Brother to  Diamond Show (2021.f. by Almanzor-Zenella, by Zabeel-Diamond Like). 3rd Hawkesbury RC Mahoney Group Electrical H.Closely related to  Relentless (2022.g. by Almanzor-Portofino, by Tavistock-Ardeche). 1st Whangarei RC Trigg Family Fun Maiden S.</t>
+  </si>
+  <si>
+    <t>Ziegfeld</t>
+  </si>
+  <si>
+    <t>From the same family as  MON PETIT CHERIE (2021.f. by Rafeef-Exotic, by Galileo-Ice Queen). 1st Kenilworth Genuine Ennion Syndicate P.Out of a sibling to  Thorax (2021.g. by Ribchester-Sussex Dancer, by Danehill Dancer-Wadud). 1st WRC JR and N Berkett S.</t>
+  </si>
+  <si>
+    <t>Zigwig</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Miss Ziggy (2022.f. by Brazen Beau-Zigwig, by Zacinto-Dolly's Wig). 1st Ashburton RC Agraforum H.Half-Brother to  Miss Ziggy (2022.f. by Brazen Beau-Zigwig, by Zacinto-Dolly's Wig). 2nd Auckland TR Cloudsoft Accounting S.</t>
+  </si>
+  <si>
+    <t>Zousain</t>
+  </si>
+  <si>
+    <t>Zsa Zsa G'Zel</t>
+  </si>
+  <si>
+    <t>Closely related to  Raging Blizzard (2019.g. by Per Incanto-Perfect Beat, by Magnus-Silverbeat). 2nd HKJC Hong Kong Sprint Gr.1Closely related to  Raging Blizzard (2019.g. by Per Incanto-Perfect Beat, by Magnus-Silverbeat). 4th HKJC Centenary Sprint Cup Gr.1Half-Sister to  Elegant Lilly (2022.f. by Written Tycoon-Zsa Zsa G'Zel, by Snitzel-Silverbeat). 2nd Oakbank RC (Oakbank) Sportsbet Maiden P.</t>
+  </si>
+  <si>
+    <t>Absolutely Me</t>
+  </si>
+  <si>
+    <t>From the same family as  ARISTOPOLOS (2023.c. by St Mark's Basilica-Flying Krupt, by Krupt-Morethanapenny). 1st TRC Elwick S. LFrom the same family as  ARISTOPOLOS (2023.c. by St Mark's Basilica-Flying Krupt, by Krupt-Morethanapenny). 1st TTC Myles Baker Electrical Maiden 2YO P.From the same family as  ARISTOPOLOS (2023.c. by St Mark's Basilica-Flying Krupt, by Krupt-Morethanapenny). 1st TTC Cup Day in February 2YO H.Closely related to  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 3rd Counties Cup Gr.3Closely related to  Aftermath (2019.g. by Rock 'n' Pop-Oh So Glam, by O'Reilly-Escada). 4th Auckland TR Balmerino S. Gr.3Closely related to  Basquiat - Pacific Warrior (Sing.) (2019.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 3rd Perak TC Coronation Cup LClosely related to  Celtic Brave (2022.g. by Snitzel-Bonny O'Reilly, by O'Reilly-Pretty). 1st BRC (Doomben) Become a Member Maiden P.Closely related to  Mamushka (2021.f. by Capitalist-Steps in Time, by Danehill Dancer-Rare Insight). 1st ATC (Randwick) Inglis Sale Series H.Closely related to  Battle Tycoon (2022.c. by Written Tycoon-Bidding War, by Snitzel-Rare Insight). 1st BOP RC Ray White Real Estate Maiden S.Closely related to  El Tercero (2021.g. by Super Seth-Boulevard, by Savabeel-Hollywood). 1st Moe RC Strzelecki Realty H.Closely related to  Etched in Time (2020.g. by Written Tycoon-Steps in Time, by Danehill Dancer-Rare Insight). 1st Shoalhaven City TC Go Steel Building Products H.Closely related to  Etched in Time (2020.g. by Written Tycoon-Steps in Time, by Danehill Dancer-Rare Insight). 1st Newcastle JC Karaka H.Closely related to  Bertrand (2022.g. by Hello Youmzain-Pretty to Sea, by Ocean Park-Pretty). 1st Kyneton &amp; Hanging Rock RC Bet365 Maiden P.Brother to  Celebrate Now (2022.f. by Savabeel-Absolutely Me, by O'Reilly-Escada). 2nd BOP RC New World Papamoa Maiden S.Brother to  Celebrate Now (2022.f. by Savabeel-Absolutely Me, by O'Reilly-Escada). 3rd Te Aroha JC MVS Equine Maiden S.</t>
+  </si>
+  <si>
+    <t>Addison</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Reemyya (2020.f. by Exceed and Excel-Addison, by Jimmy Choux-Ruqqaya). 3rd Cooktown ATC Hardware H.</t>
+  </si>
+  <si>
+    <t>Adriatico</t>
+  </si>
+  <si>
+    <t>Agent Provocateur</t>
+  </si>
+  <si>
+    <t>Agrigan</t>
+  </si>
+  <si>
+    <t>From the same family as  Batal Youmzain (2022.c. by Hello Youmzain-Wilside, by Verglas-Sigonella). 1st Deauville Prix de Fergand</t>
+  </si>
+  <si>
+    <t>Capitalist</t>
+  </si>
+  <si>
+    <t>Aimless</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Crack the Shutters (2022.f. by Alpine Eagle-Aimless, by Exceed and Excel-Dilly Dally). 1st TTC Baker Group CupHalf-Sister to  Crack the Shutters (2022.f. by Alpine Eagle-Aimless, by Exceed and Excel-Dilly Dally). 2nd Tasmanian Guineas LHalf-Sister to  Crack the Shutters (2022.f. by Alpine Eagle-Aimless, by Exceed and Excel-Dilly Dally). 2nd TTC Launceston Guineas LHalf-Sister to  Crack the Shutters (2022.f. by Alpine Eagle-Aimless, by Exceed and Excel-Dilly Dally). 2nd TTC BWS 3YO TrophyHalf-Sister to  Hypernova (2020.g. by Needs Further-Aimless, by Exceed and Excel-Dilly Dally). 2nd SAJC (Morphettville) Sportsbet H.Half-Sister to  Smart Golf (2021.g. by Needs Further-Aimless, by Exceed and Excel-Dilly Dally). 1st HKJC Hillwood H.Closely related to  Macedon Rose (2021.f. by Territories-Loiter, by Helmet-Dilly Dally). 1st Seymour RC Barry Height You Legend H.Closely related to  Macedon Rose (2021.f. by Territories-Loiter, by Helmet-Dilly Dally). 1st Seymour RC Diatonic at Yulong H.</t>
+  </si>
+  <si>
+    <t>Alam Mo Na</t>
+  </si>
+  <si>
+    <t>From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 1st VRC (Flemington) Maribyrnong P. Gr.3From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 2nd BRC (Eagle Farm) BJ McLachlan S. Gr.3From the same family as  TORNADO VALLEY (2023.c. by Too Darn Hot-Oklahoma Girl, by Fastnet Rock-Shawnee Girl). 2nd GCTC (Gold Coast) Magic Millions 2YO Classic (R) LOut of a sibling to  LONHRO'S QUEEN (2020.f. by Lonhro-Queen of the Hill, by Danehill-Explosive). 1st BRC (Eagle Farm) Nudgee S. LOut of a sibling to  LONHRO'S QUEEN (2020.f. by Lonhro-Queen of the Hill, by Danehill-Explosive). 1st BRC (Eagle Farm) Allied World P.Out of a sibling to  LONHRO'S QUEEN (2020.f. by Lonhro-Queen of the Hill, by Danehill-Explosive). 2nd Qld Tatt's RC (Doomben) Tattersall's Classic LOut of a sibling to  LONHRO'S QUEEN (2020.f. by Lonhro-Queen of the Hill, by Danehill-Explosive). 4th BRC (Eagle Farm) Just Now H. LHalf-Sister to  Namaste (2022.g. by Savabeel-Alam Mo Na, by High Chaparral-Queen of the Hill). 1st ATC (Canterbury) Schweppes Maiden H.</t>
+  </si>
+  <si>
+    <t>Alcaldesa</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Flaming Navy (2021.g. by U S Navy Flag-Alcaldesa, by Nom du Jeu-Sitting on a Hill). 1st Gawler &amp; Barossa JC Cranes Services H.Half-Sister to  Flaming Navy (2021.g. by U S Navy Flag-Alcaldesa, by Nom du Jeu-Sitting on a Hill). 2nd SAJC (Morphettville) Restricted Series FinalHalf-Sister to  Flaming Navy (2021.g. by U S Navy Flag-Alcaldesa, by Nom du Jeu-Sitting on a Hill). 3rd Gawler &amp; Barossa JC Holdfast Insurance Brokers H.</t>
+  </si>
+  <si>
+    <t>Allemande</t>
+  </si>
+  <si>
+    <t>From the same family as  Lunatick (2020.g. by Sea the Moon-Alvarita, by Selkirk-Alborada). 1st Dos Hermanas Premio Transicion Espanola y DemocraciaClosely related to  Alba Gu Brath (2023.c. by Study of Man-Alea Iacta, by Invincible Spirit-Almiranta). 1st Newcastle BetMGM Restricted Novice S.</t>
+  </si>
+  <si>
+    <t>All in Vogue</t>
+  </si>
+  <si>
+    <t>Closely related to  Zambardo (2021.g. by Belardo-Zambezi, by Zabeel-Tall Poppy). 2nd VRC (Flemington) LKS Mackinnon S. Gr.1</t>
+  </si>
+  <si>
+    <t>Aloft</t>
+  </si>
+  <si>
+    <t>Alpha Dame</t>
+  </si>
+  <si>
+    <t>Closely related to  Concorde Star (2021.g. by Ardrossan-Queen of Pop, by Pins-Dame Mapperley). 1st HKJC Mercury H.</t>
+  </si>
+  <si>
+    <t>Alpine Charm</t>
+  </si>
+  <si>
+    <t>Closely related to  Perfect General (2020.g. by Zoustar-Honey Rider, by Pins-Southern Heights). 1st HKJC American Club Challenge CupClosely related to  Perfect General (2020.g. by Zoustar-Honey Rider, by Pins-Southern Heights). 1st HKJC Connaught H.Closely related to  Flipper (2022.f. by Ocean Park-Scarlet O'Hara, by Fast 'n' Famous-Southern Belle). 1st Ashburton RC Agraforum Comcat Maiden S.Half-Sister to  Corviglia (2022.g. by Super Seth-Alpine Charm, by Ocean Park-Alpine Beauty). 3rd Southside Racing Ladbrokes Maiden P.</t>
+  </si>
+  <si>
+    <t>Altachine</t>
+  </si>
+  <si>
+    <t>From the same family as  Hughes (2019.g. by Russian Revolution-No More Tears, by Darci Brahma-Ocean of Tears). 2nd MRC (Caulfield) John Dillon S. LFrom the same family as  Swiftie Harriet (2021.f. by Exceedance-Sweet Melody, by Tavistock-On Arrival). 1st Ballarat TC MHS Group H.From the same family as  Free Flying (2023.f. by Snitzel-Ennis Hill, by Fastnet Rock-Hips Don't Lie). 4th MRC (Caulfield) Merson Cooper S. LSister to  Conaltri (2021.g. by Contributer-Altachine, by Atlante-Tristachine). 3rd Great Western RC Ian Kilpatrick Memorial Maiden P.</t>
+  </si>
+  <si>
+    <t>Amazing Lady</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Jail Bird (2020.f. by Ocean Park-J'Lo, by Unbridled's Song-Jen's Halo). 1st Waikouaiti RC Waihemo Lodge Maiden S.</t>
+  </si>
+  <si>
+    <t>American Actress</t>
+  </si>
+  <si>
+    <t>Amiga Mia</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Ali Nel (2021.f. by Ten Sovereigns-Amiga Mia, by Conatus-Amistosa). 3rd Riverton RC Pureotagocherries.co.nz H.</t>
+  </si>
+  <si>
+    <t>Anabandana</t>
+  </si>
+  <si>
+    <t>From the same family as  SNOW IN MAY (2021.f. by The Autumn Sun-See You Soon, by Siyouni-Soneva). 3rd ATC (Rosehill) Hot Danish S. Gr.2Closely related to  Stella Bystarlight (2021.f. by Yes Yes Yes-Sky Spirit, by I Am Invincible-Anabandana). 1st Alice Springs TC Santa at the Races H.</t>
+  </si>
+  <si>
+    <t>In the Congo</t>
+  </si>
+  <si>
+    <t>Anaween</t>
+  </si>
+  <si>
+    <t>Closely related to  Miss Busslinger (2021.f. by Saxon Warrior-Pair of Heels, by Adelaide-Little Chloe). 1st Newcastle JC Prince of Merewether H.</t>
+  </si>
+  <si>
+    <t>Angelica Hall</t>
+  </si>
+  <si>
+    <t>From the same family as  SOLIDIFY (2020.c. by Redwood-The Warrior Woman, by Redoute's Choice-Mulan Princess). 1st Auckland TR Dunstan Stayers QualifierClosely related to  Chateaux Park (2016.g. by Ocean Park-Val de Loire, by Montjeu-Greta Hall). 1st ATC (Canterbury) Super Nash Brothers H.Closely related to  Chateaux Park (2016.g. by Ocean Park-Val de Loire, by Montjeu-Greta Hall). 1st Newcastle JC ACG H.Closely related to  Pequot (2021.g. by Vanbrugh-Sensibility, by Savabeel-Frivolous). 1st CJC Gold Club H.Closely related to  Psyclone (2020.f. by Rageese-Sensibility, by Savabeel-Frivolous). 1st Wairarapa RC Liquorland Masterton H.Half-Brother to  Sabrina Hall (2020.f. by Mongolian Khan-Angelica Hall, by Guillotine-Greta Hall). 1st Winton JC McGregor Concrete H.Half-Brother to  Sabrina Hall (2020.f. by Mongolian Khan-Angelica Hall, by Guillotine-Greta Hall). 2nd Otago RC Dakota Boutique H.Half-Brother to  Sabrina Hall (2020.f. by Mongolian Khan-Angelica Hall, by Guillotine-Greta Hall). 3rd Riverton RC Tough Plumbing H.Half-Brother to  White Bear (2019.g. by Shamexpress-Angelica Hall, by Guillotine-Greta Hall). 2nd Werribee RC Happy Birthday Ant Morgan H.Half-Brother to  Sword of Stars (2023.f. by Sword of State-Angelica Hall, by Guillotine-Greta Hall). 2nd Waikato TR DJ Bloodstock 2YO S.</t>
+  </si>
+  <si>
+    <t>Antipodes</t>
+  </si>
+  <si>
+    <t>From the same family as  CELSIUS STAR (2018.g. by Zoustar-Celsius, by Commands-Ouachita). 1st MRC Quayclean H.From the same family as  Milsons Point (2023.c. by Blue Point-Ventura, by Lonhro-Peach). 1st Southside Racing VOBIS Silver 2YO H.From the same family as  Milsons Point (2023.c. by Blue Point-Ventura, by Lonhro-Peach). 2nd MRC (Caulfield) Blue Diamond Preview (candg) LClosely related to  Winston (2021.g. by Churchill-Sonoma, by Exceed and Excel-Rio Osa). 1st Kilmore TC Ricky Thompson Memorial H.Closely related to  Splash Luma (2022.f. by Yes Yes Yes-Petaluma, by Pierro-Sonoma). 1st Toowoomba TC Living Turf Maiden H.</t>
+  </si>
+  <si>
+    <t>Applegate</t>
+  </si>
+  <si>
+    <t>Closely related to  Mods (2021.g. by Vancouver-Tiwishkeni, by Exceed and Excel-Klamath Falls). 1st Sapphire Coast TC Maiden P.</t>
+  </si>
+  <si>
+    <t>A Proper Lady</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Accredited (2019.g. by All Too Hard-Well Credentialled, by O'Reilly-Red Century). 4th ATC (Rosehill) Festival S. Gr.3Out of a sibling to  Accredited (2019.g. by All Too Hard-Well Credentialled, by O'Reilly-Red Century). 4th BRC (Eagle Farm) Lough Neagh S. LOut of a sibling to  Century Song (2021.g. by Microphone-Well Credentialled, by O'Reilly-Red Century). 1st Shoalhaven City TC Showcase Super Maiden P.Out of a sibling to  Century Song (2021.g. by Microphone-Well Credentialled, by O'Reilly-Red Century). 1st Illawarra TC Greenway Turf Solutions H.Out of a sibling to  Century Song (2021.g. by Microphone-Well Credentialled, by O'Reilly-Red Century). 1st Illawarra TC Carlton Dry 3.5 H.Half-Brother to  Nedelin (2022.g. by Spirit of Boom-A Proper Lady, by I Am Invincible-Well Credentialled). 1st Wairarapa RC Lamb Peters Print Maiden S.</t>
+  </si>
+  <si>
+    <t>Aquarium</t>
+  </si>
+  <si>
+    <t>From the same family as  Miss Busslinger (2021.f. by Saxon Warrior-Pair of Heels, by Adelaide-Little Chloe). 1st Newcastle JC Prince of Merewether H.Closely related to  Incessant - Bucephalas (H.K.) (2020.g. by Savabeel-Relentless Desire, by O'Reilly-Jacqwin). 1st HKJC Lukfook Jewellery Miss Hong Kong H.Closely related to  Smart Love (2021.f. by Savabeel-Relentless Desire, by O'Reilly-Jacqwin). 1st Auckland TR Majestic Horse Floats H.Closely related to  Smart Love (2021.f. by Savabeel-Relentless Desire, by O'Reilly-Jacqwin). 4th Waikato TR J Swap Sprint Gr.3Closely related to  Stage 'n' Screen (2021.f. by Ace High-Inthespotlight, by O'Reilly-Love the Limelight). 1st MRC (Sandown) Ken Sturt H.Half-Brother to  The Tank (2020.g. by Showtime-Aquarium, by Ocean Park-Jacqwin). 2nd Balaklava RC TQCSI H.Half-Brother to  Bluebird Bay (2021.g. by The Autumn Sun-Aquarium, by Ocean Park-Jacqwin). 2nd Scone RC Arrowfield P.Half-Brother to  Bluebird Bay (2021.g. by The Autumn Sun-Aquarium, by Ocean Park-Jacqwin). 3rd Newcastle JC Tooheys Ultra P.</t>
+  </si>
+  <si>
+    <t>Arboreal</t>
+  </si>
+  <si>
+    <t>Half-Sister to  TROBRIAND (2020.c. by Kermadec-Arboreal, by Lonhro-Koala Bear). 2nd CJC Stewards S. LHalf-Sister to  Fear No Evil (2021.g. by Russian Revolution-Arboreal, by Lonhro-Koala Bear). 3rd VRC (Flemington) George Watson H.Out of a sibling to  Frosty Bear (2019.g. by Frosted-Koala Bear, by Exceed and Excel-Lucky Mascot). 1st Bundaberg RC James Squire H.Out of a sibling to  Willmott (2020.g. by Pierro-Koala Bear, by Exceed and Excel-Lucky Mascot). 1st Donald DRC Gilchrist and Co H.</t>
+  </si>
+  <si>
+    <t>Ardeche</t>
+  </si>
+  <si>
+    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 4th CJC Timaru S. LClosely related to  Lovey Dovey (2021.f. by Pierro-Forever Loved, by High Chaparral-Diamond Like). 1st Ipswich TC (Ipswich) Ian Leavers Memorial H.Closely related to  Lovey Dovey (2021.f. by Pierro-Forever Loved, by High Chaparral-Diamond Like). 1st Ipswich TC (Ipswich) Ray White H.Closely related to  Mic Drop (2021.f. by Microphone-El Estoora, by High Chaparral-Diamond Like). 1st SAJC (Morphettville) Thomas Farms H.Closely related to  Relentless (2022.g. by Almanzor-Portofino, by Tavistock-Ardeche). 1st Whangarei RC Trigg Family Fun Maiden S.</t>
+  </si>
+  <si>
+    <t>Aretha</t>
+  </si>
+  <si>
+    <t>Brother to  Memphis Tennessee (2021.g. by Pierro-Aretha, by Charm Spirit-Tsikory). 3rd Murrumbidgee TC Bragger Cup</t>
+  </si>
+  <si>
+    <t>Artesian</t>
+  </si>
+  <si>
+    <t>Closely related to  CELSIUS STAR (2018.g. by Zoustar-Celsius, by Commands-Ouachita). 1st MRC Quayclean H.From the same family as  Milsons Point (2023.c. by Blue Point-Ventura, by Lonhro-Peach). 1st Southside Racing VOBIS Silver 2YO H.From the same family as  Milsons Point (2023.c. by Blue Point-Ventura, by Lonhro-Peach). 2nd MRC (Caulfield) Blue Diamond Preview (candg) LClosely related to  Concession (2021.g. by Pride of Dubai-Talimena, by Lonhro-Ouachita). 1st Toowoomba TC Sub-Zero Airconditioning H.</t>
+  </si>
+  <si>
+    <t>Artistic</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Grinzinger Allee (2016.g. by Reliable Man-Artistic, by Darci Brahma-Artless). 1st Oakbank RC (Oakbank) Harcourts H.Half-Brother to  Grinzinger Allee (2016.g. by Reliable Man-Artistic, by Darci Brahma-Artless). 3rd Murray Bridge RC Carlton Draught H.Half-Brother to  Top Dollar (2021.g. by Ten Sovereigns-Artistic, by Darci Brahma-Artless). 1st Taupo RC Kingmakers Syndications H.</t>
+  </si>
+  <si>
+    <t>Asama Blue</t>
+  </si>
+  <si>
+    <t>From the same family as  BELMONT COLLECTION (2022.c. by Collected-Martha's Moon, by Malibu Moon-Smolensk). 1st Monterrico Clasico Arrabal LFrom the same family as  BELMONT COLLECTION (2022.c. by Collected-Martha's Moon, by Malibu Moon-Smolensk). 1st Monterrico Premio HandicapFrom the same family as  Central Park West (2018.g. by Martinborough-Rapid Transaction, by A.P. Indy-Smolensk). 1st Chantilly Prix du Musee Jacquemart-AndreFrom the same family as  Central Park West (2018.g. by Martinborough-Rapid Transaction, by A.P. Indy-Smolensk). 1st Deauville Prix de Port-MulberryFrom the same family as  Central Park West (2018.g. by Martinborough-Rapid Transaction, by A.P. Indy-Smolensk). 1st Cagnes-sur-Mer Prix de CannesFrom the same family as  Blacksmith (2023.c. by Liam's Map-Sweet Achiever, by Curlin-Achieving). 2nd Los Alamitos Futurity Gr.2</t>
+  </si>
+  <si>
+    <t>Assertive Nature</t>
+  </si>
+  <si>
+    <t>Closely related to  CAPTURED BY LOVE (2021.f. by Written Tycoon-Moldova, by Snitzel-La Fluorescent). 1st CJC Canterbury Breeders S. Gr.3Closely related to  OUGHTON - A PAL (H.K.) (2018.g. by More Than Ready-La Fluorescent, by General Nediym-Generous Nature). 3rd BRC (Doomben) Keith Noud H. LClosely related to  OUGHTON - A PAL (H.K.) (2018.g. by More Than Ready-La Fluorescent, by General Nediym-Generous Nature). 3rd Qld Tatt's RC (Doomben) Recognition S. LClosely related to  Maldini (2022.g. by Too Darn Hot-Moldova, by Snitzel-La Fluorescent). 1st Southside Racing Colin Alderson Classic</t>
+  </si>
+  <si>
+    <t>Assume</t>
+  </si>
+  <si>
+    <t>Half-Sister to  Midnight Train (2022.c. by Yes Yes Yes-Assume, by Fastnet Rock-Alsharq). 2nd Whangarei RC Hirepool Maiden S.</t>
+  </si>
+  <si>
+    <t>Attendant</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Leopold Bloom (2019.g. by Ulysses-Zuhoor Baynoona, by Elnadim-Spasha). 1st Chilivani Premio Coghinas</t>
+  </si>
+  <si>
+    <t>Aura d'Oro</t>
+  </si>
+  <si>
+    <t>Closely related to  Gelatin (2020.g. by Snitzel-Jellicles, by Tale of the Cat-Songfest). 1st Ipswich TC (Ipswich) Great Northern H.Closely related to  Approaching (2021.f. by Impending-Sexy Pins, by Pins-Songfest). 1st South Canterbury RC NZB Mega Series Maiden S.</t>
+  </si>
+  <si>
+    <t>Ace High</t>
+  </si>
+  <si>
+    <t>Away Cruising</t>
+  </si>
+  <si>
+    <t>From the same family as  DRAKAINA (2020.f. by Ace High-Justa Secret, by Sakhee's Secret-Keepa Cruisin). 1st WATC (Ascot) Jungle Mist Classic LFrom the same family as  VODKA MARTINI (2019.g. by Agitate-Semisyn, by Semipalatinsk-Another Syn). 4th BRC (Eagle Farm) Bribie H. LClosely related to  Thooza (2021.f. by Almanzor-Sea Goddess, by Darci Brahma-Seachange). 1st Wairarapa RC Power Related Services H.Half-Brother to  Usir (2021.c. by American Pharoah-Away Cruising, by Darci Brahma-Seachange). 1st Philippine JC Maiden 3YO+Half-Brother to  Usir (2021.c. by American Pharoah-Away Cruising, by Darci Brahma-Seachange). 1st Philippine JC Class 4 H.Half-Brother to  Usir (2021.c. by American Pharoah-Away Cruising, by Darci Brahma-Seachange). 3rd Philippine JC Class 4 H.</t>
+  </si>
+  <si>
+    <t>Awoke</t>
+  </si>
+  <si>
+    <t>Closely related to  DAD AND DAVE (2022.g. by Time Test-Nymenche, by Rip Van Winkle-Viviane). 1st TTC Launceston Guineas LClosely related to  DAD AND DAVE (2022.g. by Time Test-Nymenche, by Rip Van Winkle-Viviane). 1st Kyneton &amp; Hanging Rock RC Hygain Maiden P.Half-Brother to  Deep Dawn (2020.f. by Deep Field-Awoke, by Rip Van Winkle-Viviane). 1st GCTC (Gold Coast) Royale H.Half-Brother to  Deep Dawn (2020.f. by Deep Field-Awoke, by Rip Van Winkle-Viviane). 3rd Ipswich TC (Ipswich) Happy Birthday Kerry Nutley H.</t>
+  </si>
+  <si>
+    <t>Bad Habits</t>
+  </si>
+  <si>
+    <t>Closely related to  TORTURE (2023.f. by Sword of State-Ruthless Lady, by Keeper-Lady Dehere). 3rd Auckland TR Karaka 2YO Million (R) LHalf-Sister to  Perfect Habit (2022.g. by Tivaci-Bad Habits, by Power-Lady Dehere). 1st Manawatu RC Flipp Transport S.Half-Sister to  Perfect Habit (2022.g. by Tivaci-Bad Habits, by Power-Lady Dehere). 2nd Wanganui JC Happy Hire 3YO S.Closely related to  Just Super (2019.g. by Super One-You're So Fine, by Your Song-Elysian Hera). 1st Clermont RC Livestock Transport H.</t>
+  </si>
+  <si>
+    <t>Ball Gown</t>
+  </si>
+  <si>
+    <t>Half-Brother to  TUXEDO (2021.g. by Tivaci-Ball Gown, by O'Reilly-Fancy Dress). 1st Auckland TR Aotearoa Classic Gr.3Half-Brother to  TUXEDO (2021.g. by Tivaci-Ball Gown, by O'Reilly-Fancy Dress). 2nd Waikato TR J Swap Sprint Gr.3</t>
+  </si>
+  <si>
+    <t>Barbarina</t>
+  </si>
+  <si>
+    <t>From the same family as  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2Closely related to  Patch of Cosmo (2021.g. by Super Seth-Thee, by Savabeel-Thy). 1st HKJC Tennis H.</t>
+  </si>
+  <si>
+    <t>Bay Star</t>
+  </si>
+  <si>
+    <t>From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3From the same family as  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st Gawler &amp; Barossa JC Sportsbet More Places H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st SAJC (Morphettville) San Remo H.Closely related to  Bulls on Parade (2019.g. by Bull Point-Lolly Lover, by Fusaichi Pegasus-Sea of Faith). 1st Port Lincoln &amp; North Shields RC Purchase Your Membership H.Closely related to  Wowzino (2021.g. by Tarzino-Walk on Water, by Exceed and Excel-The Cat's Whiskers). 1st BRC (Eagle Farm) Canadian Club H.Half-Sister to  War Frontier (2016.g. by Declaration of War-Bay Star, by Rock of Gibraltar-Good Faith). 3rd Perak TC Class 4 H.</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>From the same family as  Geezer (2020.g. by Merit Man-Pat Olcott, by More Than Ready-Teton National). 1st Del Mar Claiming</t>
+  </si>
+  <si>
+    <t>Bella Carolina</t>
+  </si>
+  <si>
+    <t>Closely related to  Tennessee Bound (2021.f. by Written Tycoon-Tennessee, by Per Incanto-Bella Carolina). 1st MRC Sportsbet H.Closely related to  Tennessee Bound (2021.f. by Written Tycoon-Tennessee, by Per Incanto-Bella Carolina). 1st Southside Racing Cirka H.Half-Sister to  Naitanui (2021.g. by Per Incanto-Bella Carolina, by O'Reilly-Kelly Flinn). 1st Ararat TC Rural City Council Maiden P.Sister to  Stella Ma Bella (2022.f. by Contributer-Bella Carolina, by O'Reilly-Kelly Flinn). 1st Te Aroha JC Shackell Electrical Maiden S.Sister to  Stella Ma Bella (2022.f. by Contributer-Bella Carolina, by O'Reilly-Kelly Flinn). 3rd Rotorua RC Lance Lawson Maiden S.</t>
+  </si>
+  <si>
+    <t>Exceed and Excel</t>
+  </si>
+  <si>
+    <t>Bella Gioia</t>
+  </si>
+  <si>
+    <t>From the same family as  Job Done (2022.g. by Snitzel-Di Lusso, by Lonhro-Doduo). 1st MRC Sportsbet H.From the same family as  Job Done (2022.g. by Snitzel-Di Lusso, by Lonhro-Doduo). 1st MRC BandM Infrastructure H.From the same family as  Job Done (2022.g. by Snitzel-Di Lusso, by Lonhro-Doduo). 2nd MRC (Caulfield) Manfred S. Gr.3Out of a sibling to  Navigator (2019.g. by El Roca-Joiya, by Stravinsky-Doduo). 2nd WRC Telegraph S. Gr.1Half-Sister to  Universal Harmony (2020.g. by Brave Smash-Bella Gioia, by Swiss Ace-Joiya). 1st Rockhampton JC SMR Lawyers H.Half-Sister to  Universal Harmony (2020.g. by Brave Smash-Bella Gioia, by Swiss Ace-Joiya). 1st Mackay TC Racing Again February H.Half-Sister to  Universal Harmony (2020.g. by Brave Smash-Bella Gioia, by Swiss Ace-Joiya). 3rd Rockhampton JC Kennas Chartered Accountants H.Half-Sister to  Bel Ragazzo (2021.g. by Pierata-Bella Gioia, by Swiss Ace-Joiya). 3rd SAJC (Morphettville) Sportsbet Maiden P.</t>
+  </si>
+  <si>
+    <t>Belle Fascino</t>
+  </si>
+  <si>
+    <t>Sister to  Enchantment (2023.f. by Hello Youmzain-Belle Fascino, by Per Incanto-Playing for Keeps). 3rd Auckland TR Traffic Control Maiden S.</t>
+  </si>
+  <si>
+    <t>Russian Revolution</t>
+  </si>
+  <si>
+    <t>Belluci Babe</t>
+  </si>
+  <si>
+    <t>Closely related to  EVAPORATE (2021.g. by Per Incanto-Savanna, by Animal Kingdom-Savamour). 3rd MRC (Caulfield) CF Orr S. Gr.1Closely related to  Ohtani (2019.g. by Per Incanto-Savanna, by Animal Kingdom-Savamour). 1st Canberra RC NVS Paving and Landscaping H.</t>
+  </si>
+  <si>
+    <t>No Nay Never</t>
+  </si>
+  <si>
+    <t>Belonging</t>
+  </si>
+  <si>
+    <t>Closely related to  Lady Cocody (2022.f. by Yafta-Sorority, by Exceed and Excel-Belonging). 1st Dos Hermanas Premio Brio de NavidadClosely related to  Flirt (2022.f. by Blue Point-Lovestruck, by Exceed and Excel-Desired). 1st Oakbank RC (Oakbank) Stateliner Coaches Maiden P.Closely related to  Hardy Stuff (2022.g. by Churchill-City of Love, by Exceed and Excel-Heart's Content). 1st Leopardstown Paddy Power 3-Y-O Maiden HurdleClosely related to  Noir Vitesse (2020.g. by Lonhro-Lovestruck, by Exceed and Excel-Desired). 1st Corowa RC Wilson Project Group Maiden H.Half-Sister to  Sopran Wagner (2022.c. by Dark Angel-Belonging, by Raven's Pass-Desired). 1st Napoli Premio Best MateHalf-Sister to  Sopran Wagner (2022.c. by Dark Angel-Belonging, by Raven's Pass-Desired). 2nd Napoli Premio Papa' Noel</t>
+  </si>
+  <si>
+    <t>Bestlegsintown</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  King of Thunder - Numbers (H.K.) (2021.g. by Tivaci-Sheezababe, by Zabeel-Honor Babe). 1st HKJC Long Ke H.</t>
+  </si>
+  <si>
+    <t>Bewildering</t>
+  </si>
+  <si>
+    <t>Half-Brother to  I Believe I Belong (2022.f. by Russian Camelot-Bewildering, by Husson-Allez Wonder). 3rd Ballan JC Associated Cold Tread Tyres Maiden P.</t>
+  </si>
+  <si>
+    <t>Hellbent</t>
+  </si>
+  <si>
+    <t>Bidii Babe</t>
+  </si>
+  <si>
+    <t>From the same family as  MELODY AGAIN (2019.f. by Your Song-Jay 'n' Ava, by Authorized-Persian Fable). 3rd ATC (Rosehill) Festival S. Gr.3From the same family as  MELODY AGAIN (2019.f. by Your Song-Jay 'n' Ava, by Authorized-Persian Fable). 4th Hawkesbury RC Ladies Day Cup LHalf-Sister to  Countyourblessings (2020.f. by I Am Invincible-Bidii Babe, by Not a Single Doubt-Arthur's Lass). 1st ATC (Randwick) Precise Air H.Half-Sister to  Countyourblessings (2020.f. by I Am Invincible-Bidii Babe, by Not a Single Doubt-Arthur's Lass). 3rd GCTC (Gold Coast) Magic Millions P.Half-Sister to  Corbusier (2021.g. by I Am Invincible-Bidii Babe, by Not a Single Doubt-Arthur's Lass). 1st Cairns JC Wieland Racing H.Half-Sister to  Corbusier (2021.g. by I Am Invincible-Bidii Babe, by Not a Single Doubt-Arthur's Lass). 1st Townsville TC Kirwan Sports Club P.Closely related to  Warakurna (2020.g. by Lean Mean Machine-Albert's Lass, by Magic Albert-Street Lass). 1st Wodonga TC Book Your Marquee Now H.</t>
+  </si>
+  <si>
+    <t>Big Dreamer</t>
+  </si>
+  <si>
+    <t>Half-Sister to  HE'S LUCID (2021.g. by Contributer-Big Dreamer, by No Excuse Needed-War Bride). 2nd Otaki Maori RC Cavallo Farms H.Half-Sister to  Shoma (2022.g. by Contributer-Big Dreamer, by No Excuse Needed-War Bride). 3rd New Zealand Two Thousand Guineas Gr.1</t>
+  </si>
+  <si>
+    <t>Biscuit</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Banker's Eightyone (2020.g. by Per Incanto-Biscuit, by High Chaparral-Cruzeiro). 1st Selangor TC Class 4 H.</t>
+  </si>
+  <si>
+    <t>Blackbook</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Midnight Spirit (2022.g. by Spirit of Boom-Blackbook, by Sacred Falls-Bequests). 2nd BRC (Eagle Farm) Canadian Club H.</t>
+  </si>
+  <si>
+    <t>Black Mascara</t>
+  </si>
+  <si>
+    <t>From the same family as  AMOR VICTORIOUS (2019.g. by Caravaggio-Koizora, by Snitzel-Sky Love). 1st BRC (Eagle Farm) Members' H. LClosely related to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 1st Wangaratta TC Winsec Savings and Loans H.Closely related to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 1st Kyneton &amp; Hanging Rock RC Hanging Rock Cup</t>
+  </si>
+  <si>
+    <t>Blue Rhythm</t>
+  </si>
+  <si>
+    <t>From the same family as  Raging Blizzard (2019.g. by Per Incanto-Perfect Beat, by Magnus-Silverbeat). 2nd HKJC Hong Kong Sprint Gr.1From the same family as  Raging Blizzard (2019.g. by Per Incanto-Perfect Beat, by Magnus-Silverbeat). 4th HKJC Centenary Sprint Cup Gr.1Closely related to  Sight Dreamer (2020.g. by Almanzor-Sacred Rhythm, by Pentire-Bluegrass). 1st HKJC Wong Yi Chau H.Closely related to  Sight Dreamer (2020.g. by Almanzor-Sacred Rhythm, by Pentire-Bluegrass). 1st HKJC Diamond Hill H.Out of a sibling to  Grey Northern (2019.f. by Shocking-Bluegrass, by Fasliyev-Zasu Rhythm). 1st GCTC (Gold Coast) Cyber Insurance H.Out of a sibling to  Grey Northern (2019.f. by Shocking-Bluegrass, by Fasliyev-Zasu Rhythm). 1st Ipswich TC (Ipswich) Gordon's Gin H.Closely related to  Edge of Midnight (2020.g. by The Mission-Jupiter, by Astronomer Royal-Bluegrass). 1st Taree RC Panthers CupClosely related to  Edge of Midnight (2020.g. by The Mission-Jupiter, by Astronomer Royal-Bluegrass). 1st Taree RC Taree and Wingham Produce H.</t>
+  </si>
+  <si>
+    <t>Bona Dea</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Somelovefromabove (2021.g. by Lonhro-Sabia, by Sadler's Wells-Remote Romance). 1st HKJC Glenfinnan Viaduct H.</t>
+  </si>
+  <si>
+    <t>Bondi Walk</t>
+  </si>
+  <si>
+    <t>From the same family as  YELLOW BRICK (2019.g. by The Mission-Magical Mist, by High Chaparral-Fairy Tipsy). 1st GCTC (Gold Coast) Magic Millions H.Closely related to  Miss Highfalutin (2021.f. by Ribchester-Bronte Walk, by Redoute's Choice-Coogee Walk). 1st Warwick TC Tint Tech and Auto Maiden H.</t>
+  </si>
+  <si>
+    <t>Botanic</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Double Win (2019.g. by Burgundy-Salsa, by O'Reilly-Ungaro). 1st HKJC Lukfook Jewellery Love is Beauty H.Out of a sibling to  Double Win (2019.g. by Burgundy-Salsa, by O'Reilly-Ungaro). 1st HKJC Shek Lei Pui H.Half-Sister to  Moschino (2021.f. by Ten Sovereigns-Botanic, by Stravinsky-Salsa). 1st Auckland TR Myracehorse H.Half-Sister to  Moschino (2021.f. by Ten Sovereigns-Botanic, by Stravinsky-Salsa). 1st Auckland TR HKJC World Pool Jo Giles S.Half-Sister to  Moschino (2021.f. by Ten Sovereigns-Botanic, by Stravinsky-Salsa). 2nd Auckland TR Stella Artois QualifierHalf-Sister to  Moschino (2021.f. by Ten Sovereigns-Botanic, by Stravinsky-Salsa). 3rd Auckland TR Listen Live on Sportnation H.</t>
+  </si>
+  <si>
+    <t>Boulevard</t>
+  </si>
+  <si>
+    <t>Half-Brother to  El Tercero (2021.g. by Super Seth-Boulevard, by Savabeel-Hollywood). 1st Moe RC Strzelecki Realty H.Half-Brother to  El Tercero (2021.g. by Super Seth-Boulevard, by Savabeel-Hollywood). 2nd Kyneton &amp; Hanging Rock RC AB Morison H.Half-Brother to  El Tercero (2021.g. by Super Seth-Boulevard, by Savabeel-Hollywood). 3rd MVRC (Geelong) Rex Gorell H.</t>
+  </si>
+  <si>
+    <t>Calm Down</t>
+  </si>
+  <si>
+    <t>From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd Western Australian Guineas Gr.2From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd WATC (Ascot) Fairetha S. LOut of a sibling to  Ocean Chill (2021.f. by Ocean Park-Chilled Out, by Anabaa-Icy Calm). 1st Muswellbrook RC Hollydene Estate Wines H.</t>
+  </si>
+  <si>
+    <t>Calypso Blue</t>
+  </si>
+  <si>
+    <t>From the same family as  Lion's Mane (2019.g. by Shamardal-Pleione, by Sadler's Wells-Whakilyric). 1st Abdullah Al Jaber Thoroughbred H.</t>
+  </si>
+  <si>
+    <t>Camillino</t>
+  </si>
+  <si>
+    <t>From the same family as  WYMARK (2020.g. by Savabeel-Pasadena, by O'Reilly-Lodore Mystic). 1st MRC Sportsbet H.From the same family as  Waimea Bay (2022.f. by Savabeel-Oahu, by O'Reilly-Honolulu). 1st Whangarei RC Aotea Electric Maiden S.From the same family as  Waimea Bay (2022.f. by Savabeel-Oahu, by O'Reilly-Honolulu). 2nd WRC Desert Gold S. Gr.3Half-Sister to  Tonia's Dragon (2020.f. by Time Test-Camillino, by Per Incanto-Cent From Heaven). 1st Matamata RC Paperplus H.Closely related to  Bid for Fame (2019.f. by Tavistock-Spirit of Heaven, by Savabeel-I'm in Heaven). 1st Philippine JC Manila Horsepower Organization TrophyClosely related to  Bid for Fame (2019.f. by Tavistock-Spirit of Heaven, by Savabeel-I'm in Heaven). 1st Philippine JC Class 4 H.Closely related to  Bid for Fame (2019.f. by Tavistock-Spirit of Heaven, by Savabeel-I'm in Heaven). 1st Philippine JC Class 4 H.Closely related to  Jungle Jane (2020.f. by Tarzino-Kallisan, by Stratum-Eloa). 1st Woodville-Pahiatua RC Pearl Series H.Closely related to  Road to Paris (2022.g. by Circus Maximus-Spirit of Heaven, by Savabeel-I'm in Heaven). 1st Avondale JC Funtime Catering Maiden S.</t>
+  </si>
+  <si>
+    <t>Candy Bar</t>
+  </si>
+  <si>
+    <t>From the same family as  NEED SOME LUCK (2020.g. by Rubick-Lovely Jubly, by Lion Hunter-Jaboulet). 1st VRC (Flemington) Always Welcome S. LFrom the same family as  NEED SOME LUCK (2020.g. by Rubick-Lovely Jubly, by Lion Hunter-Jaboulet). 1st BRC (Eagle Farm) Buffering P.Out of a sibling to  All England (2018.g. by I Am Invincible-London Lolly, by Charge Forward-Lovely Jubly). 1st Barcaldine RC Woodham Petroleum H.Out of a sibling to  All England (2018.g. by I Am Invincible-London Lolly, by Charge Forward-Lovely Jubly). 1st Longreach JC Bundaberg Rum H.Out of a sibling to  All England (2018.g. by I Am Invincible-London Lolly, by Charge Forward-Lovely Jubly). 1st Barcoo ARC JB Concracting P.</t>
+  </si>
+  <si>
+    <t>Caramella</t>
+  </si>
+  <si>
+    <t>From the same family as  Job Done (2022.g. by Snitzel-Di Lusso, by Lonhro-Doduo). 1st MRC Sportsbet H.From the same family as  Job Done (2022.g. by Snitzel-Di Lusso, by Lonhro-Doduo). 1st MRC BandM Infrastructure H.From the same family as  Job Done (2022.g. by Snitzel-Di Lusso, by Lonhro-Doduo). 2nd MRC (Caulfield) Manfred S. Gr.3Out of a sibling to  Navigator (2019.g. by El Roca-Joiya, by Stravinsky-Doduo). 2nd WRC Telegraph S. Gr.1Closely related to  Universal Harmony (2020.g. by Brave Smash-Bella Gioia, by Swiss Ace-Joiya). 1st Rockhampton JC SMR Lawyers H.Closely related to  Universal Harmony (2020.g. by Brave Smash-Bella Gioia, by Swiss Ace-Joiya). 1st Mackay TC Racing Again February H.</t>
+  </si>
+  <si>
+    <t>Caserta</t>
+  </si>
+  <si>
+    <t>Half-Sister to  WAR MACHINE (2020.g. by Harry Angel-Caserta, by Hussonet-Duchesse de Berri). 3rd MVRC (Pakenham) Australia S. Gr.2Half-Sister to  Fleeting Spirit (2021.f. by Per Incanto-Caserta, by Hussonet-Duchesse de Berri). 3rd ATC (Canterbury) Hawaii Five Oh H.Closely related to  Solid Win (2020.g. by Starspangledbanner-Casino Card, by Casino Prince-Absolute Lure). 1st HKJC Des Voeux H.Closely related to  Acey Deucy (2018.g. by Written Tycoon-Casino Card, by Casino Prince-Absolute Lure). 1st Woolamai DRC Marina Chen Memorial TrophyClosely related to  Somerton Smart (2022.g. by Exceedance-Royal Schilling, by Artie Schiller-Duchesse de Berri). 1st Quirindi JC Become a Member H.</t>
+  </si>
+  <si>
+    <t>Catch Your Idol</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Chart the Stars (2021.f. by U S Navy Flag-Catch Your Idol, by Zabeel-Great Joy). 3rd Levin RC Ashby Property Management H.</t>
+  </si>
+  <si>
+    <t>St Mark's Basilica</t>
+  </si>
+  <si>
+    <t>Cerebellum</t>
+  </si>
+  <si>
+    <t>Closely related to  Amazing Partners (2021.g. by Pierata-Dizzy Diva, by Starspangledbanner-Dizlago). 1st HKJC Swimming H.Half-Sister to  Snappy Pierro (2019.f. by Pierro-Cerebellum, by Fastnet Rock-Dizlago). 1st Wangaratta TC Merry Christmas H.Half-Sister to  Snappy Pierro (2019.f. by Pierro-Cerebellum, by Fastnet Rock-Dizlago). 2nd Tatura RC Kevin Hicks Real Estate H.Half-Sister to  Snappy Pierro (2019.f. by Pierro-Cerebellum, by Fastnet Rock-Dizlago). 2nd Tatura RC Mark Goring Memorial H.Half-Sister to  Snappy Pierro (2019.f. by Pierro-Cerebellum, by Fastnet Rock-Dizlago). 3rd Southside Racing Hygain Edge H.Half-Sister to  Brain Wave (2021.f. by Dundeel-Cerebellum, by Fastnet Rock-Dizlago). 1st GCTC Ac-Tec Services Maiden P.Half-Sister to  Brain Wave (2021.f. by Dundeel-Cerebellum, by Fastnet Rock-Dizlago). 3rd Ballina JC Koala Farms P.</t>
+  </si>
+  <si>
+    <t>Champagne Lucy</t>
+  </si>
+  <si>
+    <t>From the same family as  EVENEREVENWORSE (2018.g. by Decarchy-Rahbadabadou, by Rahy-Badouizm). 1st Del Mar ClaimingClosely related to  Ocean Emperor (2017.g. by Written Tycoon-Bubbles 'n' Boats, by Fastnet Rock-Champagnecharlotte). 1st Cloncurry DRC Brodie Hardware P.</t>
+  </si>
+  <si>
+    <t>Champagne Tastes</t>
+  </si>
+  <si>
+    <t>From the same family as  CAPTURED BY LOVE (2021.f. by Written Tycoon-Moldova, by Snitzel-La Fluorescent). 1st CJC Canterbury Breeders S. Gr.3From the same family as  OUGHTON - A PAL (H.K.) (2018.g. by More Than Ready-La Fluorescent, by General Nediym-Generous Nature). 3rd BRC (Doomben) Keith Noud H. LFrom the same family as  OUGHTON - A PAL (H.K.) (2018.g. by More Than Ready-La Fluorescent, by General Nediym-Generous Nature). 3rd Qld Tatt's RC (Doomben) Recognition S. LHalf-Sister to  Tsarine (2021.f. by Savabeel-Champagne Tastes, by Darci Brahma-Halloween). 2nd Southside Racing Freeway Ford H.Half-Sister to  Tsarine (2021.f. by Savabeel-Champagne Tastes, by Darci Brahma-Halloween). 3rd Southside Racing Betavet H.</t>
+  </si>
+  <si>
+    <t>Chaparella</t>
+  </si>
+  <si>
+    <t>Half-Sister to  High Country (2020.g. by Mongolian Khan-Chaparella, by High Chaparral-Peak Time). 2nd Taranaki RC Rough Habit H.Half-Sister to  High Country (2020.g. by Mongolian Khan-Chaparella, by High Chaparral-Peak Time). 3rd Auckland TR Dunstan Stayers Qualifier</t>
+  </si>
+  <si>
+    <t>Tarzino</t>
+  </si>
+  <si>
+    <t>Charitable Nature</t>
+  </si>
+  <si>
     <t>From the same family as  LUX LIBERTAS (2020.f. by Almanzor-Miss Fi, by Makfi-Paloma). 1st Manawatu Challenge S. Gr.2From the same family as  LUX LIBERTAS (2020.f. by Almanzor-Miss Fi, by Makfi-Paloma). 2nd Auckland Thoroughbred Breeders' S. Gr.2From the same family as  LUX LIBERTAS (2020.f. by Almanzor-Miss Fi, by Makfi-Paloma). 2nd BOP RC Tauranga Classic L</t>
   </si>
   <si>
-    <t>Spritz</t>
-[...809 lines deleted...]
-    <t>Charitable Nature</t>
+    <t>Charli Rose</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Geneva (2022.c. by Time Test-Charli Rose, by Pierro-La Scala). 1st Matamata RC ICIB Brokerweb H.</t>
   </si>
   <si>
     <t>Chiaretta</t>
   </si>
   <si>
     <t>Closely related to  JENNILALA (2019.f. by Shalaa-Rosarian, by Manhattan Rain-Rosa's Spur). 4th MRC (Sandown) Lord S. LClosely related to  RUSKA ROMA (2022.f. by Super Seth-Sansa, by Makfi-Rosa's Spur). 1st MRC (Caulfield) Twilight Glow S. LClosely related to  RUSKA ROMA (2022.f. by Super Seth-Sansa, by Makfi-Rosa's Spur). 4th VRC (Flemington) Vanity S. Gr.3Closely related to  Flying Start (2018.g. by Flying Artie-Members Joy, by Hussonet-Rosa's Spur). 1st Alice Springs TC AN Electrical H.</t>
   </si>
   <si>
     <t>Choctoc</t>
   </si>
   <si>
     <t>Half-Sister to  Szeryng (2021.g. by Almanzor-Choctoc, by Shamexpress-Miss Swiss). 1st HKJC Suisse Programme H.Half-Sister to  Szeryng (2021.g. by Almanzor-Choctoc, by Shamexpress-Miss Swiss). 2nd HKJC Shui Long Wo H.</t>
   </si>
   <si>
     <t>Chorus</t>
   </si>
   <si>
-    <t>Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3Closely related to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st Gawler &amp; Barossa JC Sportsbet More Places H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st SAJC (Morphettville) San Remo H.Closely related to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.Closely related to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Closely related to  Wowzino (2021.g. by Tarzino-Walk on Water, by Exceed and Excel-The Cat's Whiskers). 1st BRC (Eagle Farm) Canadian Club H.Closely related to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
+    <t>Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3Closely related to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st Gawler &amp; Barossa JC Sportsbet More Places H.Closely related to  Grinzinger Bishop (2019.g. by Almanzor-Tavy, by Tavistock-The Cat's Whiskers). 1st SAJC (Morphettville) San Remo H.Closely related to  Bulls on Parade (2019.g. by Bull Point-Lolly Lover, by Fusaichi Pegasus-Sea of Faith). 1st Port Lincoln &amp; North Shields RC Purchase Your Membership H.Closely related to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.Closely related to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Closely related to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Rosehill) TAB H.Closely related to  Wowzino (2021.g. by Tarzino-Walk on Water, by Exceed and Excel-The Cat's Whiskers). 1st BRC (Eagle Farm) Canadian Club H.Closely related to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
   </si>
   <si>
     <t>Chosen Peak</t>
   </si>
   <si>
     <t>Closely related to  Ten Club (2021.g. by Dandy Man-Snow Scene, by Singspiel-Snow Peak). 1st Lingfield Win 250,000 With BetMGM 's Golden Goals H.</t>
   </si>
   <si>
+    <t>Churning</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Queen Aria (2021.f. by Pariah-Emmalene, by Jet Spur-Emmabee). 1st Pinjarra RC Tabtouch H.</t>
+  </si>
+  <si>
     <t>Cincoro</t>
   </si>
   <si>
     <t>Out of a sibling to  Rum Runner (2021.g. by U S Navy Flag-Fortaleza, by Darci Brahma-Bunyah). 1st Mackay TC Ladbrokes Big Bets Maiden H.</t>
   </si>
   <si>
     <t>Clubcard</t>
   </si>
   <si>
-    <t>Closely related to  Deep Dawn (2020.f. by Deep Field-Awoke, by Rip Van Winkle-Viviane). 1st GCTC (Gold Coast) Royale H.Closely related to  Dad and Dave (2022.g. by Time Test-Nymenche, by Rip Van Winkle-Viviane). 1st Kyneton &amp; Hanging Rock RC Hygain Maiden P.</t>
+    <t>Closely related to  DAD AND DAVE (2022.g. by Time Test-Nymenche, by Rip Van Winkle-Viviane). 1st TTC Launceston Guineas LClosely related to  DAD AND DAVE (2022.g. by Time Test-Nymenche, by Rip Van Winkle-Viviane). 1st Kyneton &amp; Hanging Rock RC Hygain Maiden P.Closely related to  Deep Dawn (2020.f. by Deep Field-Awoke, by Rip Van Winkle-Viviane). 1st GCTC (Gold Coast) Royale H.</t>
   </si>
   <si>
     <t>Coldplay</t>
   </si>
   <si>
     <t>From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd Western Australian Guineas Gr.2From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd WATC (Ascot) Fairetha S. LHalf-Sister to  Kia Kaha (2021.f. by Super Seth-Coldplay, by Savabeel-Forty Two Below). 2nd Auckland TR TMW H.Half-Sister to  Kia Kaha (2021.f. by Super Seth-Coldplay, by Savabeel-Forty Two Below). 2nd Rotorua RC Green Light Insurance H.Half-Sister to  Kia Kaha (2021.f. by Super Seth-Coldplay, by Savabeel-Forty Two Below). 3rd Taupo RC Prezzy Card SprintClosely related to  Kawakawa (2022.f. by Per Incanto-Savaplay, by Savabeel-Forty Two Below). 1st Wairarapa RC Weddings Maiden S.</t>
   </si>
   <si>
     <t>Colerne</t>
   </si>
   <si>
     <t>Colonel's Daughter</t>
   </si>
   <si>
     <t>From the same family as  Zambezi River (2019.g. by I Am Invincible-Zamzam, by Redoute's Choice-Fleur De'here). 1st Dubbo TC Lazy River Estate H.From the same family as  Prince Alby (2018.g. by Sacred Falls-Oya, by Black Minnaloushe-Thunderchine). 1st Riverton RC Sparrow Logging H.From the same family as  Prince Alby (2018.g. by Sacred Falls-Oya, by Black Minnaloushe-Thunderchine). 4th New Zealand Cup Gr.3</t>
   </si>
   <si>
     <t>Tassort</t>
   </si>
   <si>
     <t>Colour Drops</t>
   </si>
   <si>
     <t>From the same family as  GRAIL SEEKER (2020.f. by Iffraaj-Starwish, by Redoute's Choice-Stella Cadente). 3rd WRC Telegraph S. Gr.1From the same family as  Fine Star (2022.f. by Fierce Impact-Brilliant Bisc, by Elvstroem-Stella Cadente). 3rd WATC (Ascot) Champion Fillies S. Gr.3</t>
   </si>
   <si>
     <t>Common Courtesy</t>
   </si>
   <si>
     <t>Half-Brother to  Not So Common (2020.g. by Tivaci-Common Courtesy, by Savabeel-Etiquette). 3rd Healesville ARC Stockfeeds Maiden P.Half-Brother to  Shark Park (2021.f. by Ocean Park-Common Courtesy, by Savabeel-Etiquette). 3rd Wangaratta TC Insite Real Estate Maiden P.</t>
   </si>
   <si>
     <t>Cornerstone</t>
   </si>
   <si>
-    <t>Closely related to  Tardelli (2021.c. by I Am Invincible-Pierro Moss, by Pierro-Upon This Rock). 1st Auckland TR Windsor Park Stud TrophyClosely related to  Tardelli (2021.c. by I Am Invincible-Pierro Moss, by Pierro-Upon This Rock). 3rd Auckland TR Concorde S. Gr.3From the same family as  Naifah (2022.f. by I Am Invincible-Najmah, by Snitzel-Najoom). 3rd Geelong RC Black Pearl S. LClosely related to  King of the Vibe (2020.g. by Santos-Dual Champs, by Sebring-Upon This Rock). 1st Rockhampton JC Regional Insurance Brokers H.</t>
+    <t>Closely related to  Tardelli (2021.c. by I Am Invincible-Pierro Moss, by Pierro-Upon This Rock). 1st Auckland TR Windsor Park Stud TrophyClosely related to  Tardelli (2021.c. by I Am Invincible-Pierro Moss, by Pierro-Upon This Rock). 3rd Auckland TR Concorde S. Gr.3Closely related to  Tardelli (2021.c. by I Am Invincible-Pierro Moss, by Pierro-Upon This Rock). 4th Auckland TR Railway S. Gr.1From the same family as  Naifah (2022.f. by I Am Invincible-Najmah, by Snitzel-Najoom). 3rd Geelong RC Black Pearl S. LClosely related to  Invincible Shield (2020.g. by I Am Invincible-Pierro Moss, by Pierro-Upon This Rock). 1st HKJC Able Friend H.Closely related to  King of the Vibe (2020.g. by Santos-Dual Champs, by Sebring-Upon This Rock). 1st Rockhampton JC Regional Insurance Brokers H.</t>
   </si>
   <si>
     <t>Cornflower Blue</t>
   </si>
   <si>
     <t>Half-Brother to  Out of the Blue (2023.g. by Tivaci-Cornflower Blue, by Savabeel-Tiffany Yellow). 3rd WRC Wellesley S. L</t>
   </si>
   <si>
     <t>Corvina</t>
   </si>
   <si>
-    <t>Closely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2Closely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2Closely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LClosely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. L</t>
+    <t>Closely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland Guineas Gr.2Closely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 2nd Auckland TR Karaka Million 3YO Classic (R) LClosely related to  He Who Dares (2022.c. by Snitzel-Rondinella, by Ocean Park-Valpolicella). 4th BOP RC James and Annie Sarten Memorial S. Gr.2Closely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 3rd SAJC (Morphettville) Christmas H. LClosely related to  Grinzinger Prince (2018.g. by More Than Ready-Vavasour, by Redoute's Choice-Valpolicella). 4th MRC (Caulfield) Village S. L</t>
   </si>
   <si>
     <t>Cosmic Storm</t>
   </si>
   <si>
-    <t>From the same family as  Mondego (2020.c. by Lope de Vega-Free Rein, by Dansili-Sant Elena). 3rd Santa Anita San Gabriel S. Gr.3Half-Sister to  Great Fuego (2021.f. by Lonhro-Cosmic Storm, by Sea the Stars-Riotous Applause). 2nd Seymour RC Yarran Maiden P.</t>
+    <t>From the same family as  Mondego (2020.c. by Lope de Vega-Free Rein, by Dansili-Sant Elena). 3rd Santa Anita San Gabriel S. Gr.3From the same family as  English Oak (2020.g. by Wootton Bassett-Forest Crown, by Royal Applause-Wiener Wald). 1st Meydan Burj Azizi H.Half-Sister to  Great Fuego (2021.f. by Lonhro-Cosmic Storm, by Sea the Stars-Riotous Applause). 2nd Seymour RC Yarran Maiden P.</t>
   </si>
   <si>
     <t>Cote d'Or</t>
   </si>
   <si>
     <t>From the same family as  TOMODACHI (2020.f. by Tarzino-Quintessentially, by High Chaparral-Uberalles). 4th WRC Telegraph S. Gr.1From the same family as  PERICLES (2020.g. by Rubick-Empyrean, by O'Reilly-Ethereal). 1st Waikato TR Lodge Real Estate Mile</t>
   </si>
   <si>
     <t>Couru</t>
   </si>
   <si>
     <t>Closely related to  Flying Chevrolet (2020.f. by Flying Artie-Chevell, by Choisir-Pas de Deux). 1st Moruya JC Pretty View Retreat Maiden H.Closely related to  Flying Impala (2019.g. by Flying Artie-Chevell, by Choisir-Pas de Deux). 1st Queanbeyan RC Dale and Hitchcock H.</t>
   </si>
   <si>
     <t>Artorius</t>
   </si>
   <si>
     <t>Crescent</t>
   </si>
   <si>
     <t>From the same family as  LEGACY BOUND (2022.g. by Ole Kirk-Sanaya, by More Than Ready-Astrodame). 3rd VRC (Flemington) Coolmore Stud S. Gr.1From the same family as  NOAH KHAN (2018.g. by Swiss Ace-Joie d'Amour, by More Than Ready-Lupenta). 4th Selangor TC Sports Toto Supreme Challenge Cup LClosely related to  Saint Aubins - Wukong Jewellery (H.K.) (2021.g. by Too Darn Hot-Orphea, by Fastnet Rock-Midnight Ballet). 1st HKJC Kimberley H.</t>
   </si>
   <si>
     <t>All Too Hard</t>
   </si>
   <si>
     <t>Crowned Princess</t>
   </si>
   <si>
-    <t>From the same family as  CEOLWULF (2020.g. by Tavistock-Las Brisas, by Shamardal-Bright Halo). 1st VRC (Flemington) Cantala S. Gr.1From the same family as  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 4th ATC (Randwick) Summer Cup Gr.3From the same family as  Vega Magnifico (2019.g. by Lope de Vega-Hit the Sky, by Cozzene-Cerulean Sky). 1st Bordertown CupClosely related to  Turnstar (2018.g. by Star Turn-Mihiri, by More Than Ready-Danoise). 1st Central Warrego RC Betta H.</t>
+    <t>From the same family as  CEOLWULF (2020.g. by Tavistock-Las Brisas, by Shamardal-Bright Halo). 1st VRC (Flemington) Cantala S. Gr.1From the same family as  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 3rd ATC (Rosehill) January Cup LFrom the same family as  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 4th ATC (Randwick) Summer Cup Gr.3From the same family as  Vega Magnifico (2019.g. by Lope de Vega-Hit the Sky, by Cozzene-Cerulean Sky). 1st Bordertown CupClosely related to  Turnstar (2018.g. by Star Turn-Mihiri, by More Than Ready-Danoise). 1st Central Warrego RC Betta H.</t>
   </si>
   <si>
     <t>Cut to the Chase</t>
   </si>
   <si>
     <t>From the same family as  MOTORSPORTS (2022.f. by Street Boss-Jorda, by Exceed and Excel-Montmelo). 1st MRC (Caulfield) Blue Sapphire S. Gr.3From the same family as  MOTORSPORTS (2022.f. by Street Boss-Jorda, by Exceed and Excel-Montmelo). 1st Southside Racing Symal Maiden P.</t>
   </si>
   <si>
     <t>Daffodil</t>
   </si>
   <si>
-    <t>Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3Closely related to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Half-Brother to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.Half-Brother to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Closely related to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
+    <t>Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.Closely related to  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3Closely related to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Half-Brother to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.Half-Brother to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Half-Brother to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Rosehill) TAB H.Closely related to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
   </si>
   <si>
     <t>Danahere</t>
   </si>
   <si>
-    <t>Closely related to  Snatchreilly (2020.g. by Trapeze Artist-Natchwhali, by O'Reilly-Danex). 1st Tamworth JC Concrete Industry Supplies H.Half-Brother to  Hey Dana (2022.f. by Hello Youmzain-Danahere, by Dehere-Danex). 1st Avondale JC Rosebank Business Maiden S.Closely related to  Parkrun (2021.g. by Ocean Park-Legless, by O'Reilly-Danex). 1st Hamilton RC Kinvonvie Maiden P.</t>
+    <t>Closely related to  Whinchat (2019.g. by Russian Revolution-Natchwhali, by O'Reilly-Danex). 1st Wyong RC Domeland H.Closely related to  Snatchreilly (2020.g. by Trapeze Artist-Natchwhali, by O'Reilly-Danex). 1st Tamworth JC Concrete Industry Supplies H.Half-Brother to  Hey Dana (2022.f. by Hello Youmzain-Danahere, by Dehere-Danex). 1st Avondale JC Rosebank Business Maiden S.Closely related to  Parkrun (2021.g. by Ocean Park-Legless, by O'Reilly-Danex). 1st Hamilton RC Kinvonvie Maiden P.</t>
   </si>
   <si>
     <t>Dancing Hare</t>
   </si>
   <si>
-    <t>From the same family as  CEOLWULF (2020.g. by Tavistock-Las Brisas, by Shamardal-Bright Halo). 1st VRC (Flemington) Cantala S. Gr.1Half-Sister to  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 2nd ATC (Randwick) Rosehill Gold CupHalf-Sister to  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 4th ATC (Randwick) Summer Cup Gr.3From the same family as  Vega Magnifico (2019.g. by Lope de Vega-Hit the Sky, by Cozzene-Cerulean Sky). 1st Bordertown Cup</t>
+    <t>From the same family as  CEOLWULF (2020.g. by Tavistock-Las Brisas, by Shamardal-Bright Halo). 1st VRC (Flemington) Cantala S. Gr.1Half-Sister to  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 2nd ATC (Randwick) Rosehill Gold CupHalf-Sister to  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 3rd ATC (Rosehill) January Cup LHalf-Sister to  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 4th ATC (Randwick) Summer Cup Gr.3From the same family as  Vega Magnifico (2019.g. by Lope de Vega-Hit the Sky, by Cozzene-Cerulean Sky). 1st Bordertown CupOut of a sibling to  Star Turn Dancer (2022.f. by Star Turn-Global Dance, by Sadler's Wells-Solo de Lune). 1st Moruya JC All About Glass Maiden P.</t>
+  </si>
+  <si>
+    <t>Daniela's Magic</t>
+  </si>
+  <si>
+    <t>Half-Sister to  PANIC (2020.g. by Time Test-Daniela's Magic, by Per Incanto-Bella Daniela). 3rd Illawarra TC Carlton Dry 3.5 H.</t>
   </si>
   <si>
     <t>Date Night</t>
   </si>
   <si>
     <t>Half-Brother to  Couples Retreat (2021.f. by Super Seth-Date Night, by Savabeel-Dating). 3rd ATC (Rosehill) TAB H.Half-Brother to  Couples Retreat (2021.f. by Super Seth-Date Night, by Savabeel-Dating). 3rd Illawarra TC Altus Traffic H.Half-Brother to  Couples Retreat (2021.f. by Super Seth-Date Night, by Savabeel-Dating). 3rd ATC (Canterbury) Ocean Underwriting Sprint</t>
   </si>
   <si>
     <t>Deedee Panache</t>
   </si>
   <si>
     <t>Half-Brother to  Lord Weyburn (2020.g. by Charm Spirit-Deedee Panache, by Darci Brahma-Lady Winifred). 2nd Ashburton RC Agraforum H.</t>
   </si>
   <si>
     <t>Deepdene</t>
   </si>
   <si>
-    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3</t>
+    <t>From the same family as  ISLAND LIFE (2021.f. by Vadamos-Lycia, by Montjeu-Chimeara). 1st Manawatu RC Barry Illsley Building H.From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 3rd CJC Canterbury Breeders S. Gr.3From the same family as  Candycane (2018.f. by Pins-Cerberus, by O'Reilly-Chimeara). 4th CJC Timaru S. LHalf-Sister to  Fast 'n' Inzaine (2022.f. by Hello Youmzain-Deepdene, by Tavistock-Special Diamond). 1st MRC (Mornington) 3MP Maiden P.</t>
   </si>
   <si>
     <t>Diamond Rose</t>
   </si>
   <si>
     <t>Half-Brother to  Chatelle Rose (2022.f. by U S Navy Flag-Diamond Rose, by Danroad-Rosetti Bay). 3rd BOP RC Social Club H.</t>
   </si>
   <si>
     <t>Diamondsandbubbles</t>
   </si>
   <si>
-    <t>Half-Brother to  Sir Tua (2022.g. by Tagaloa-Diamondsandbubbles, by Commands-High Joy). 1st Shoalhaven City TC Stroud Homes Maiden P.Half-Brother to  Sir Tua (2022.g. by Tagaloa-Diamondsandbubbles, by Commands-High Joy). 3rd Illawarra TC Hyundai Hybrid Maiden H.</t>
+    <t>Half-Brother to  Sir Tua (2022.g. by Tagaloa-Diamondsandbubbles, by Commands-High Joy). 1st Shoalhaven City TC Stroud Homes Maiden P.Half-Brother to  Sir Tua (2022.g. by Tagaloa-Diamondsandbubbles, by Commands-High Joy). 3rd Wyong RC Elite Sand and Soil H.Half-Brother to  Sir Tua (2022.g. by Tagaloa-Diamondsandbubbles, by Commands-High Joy). 3rd Illawarra TC Hyundai Hybrid Maiden H.</t>
   </si>
   <si>
     <t>Distinctive Lass</t>
   </si>
   <si>
-    <t>Closely related to  To Bravery Born (2022.c. by Snitzel-Milunka, by All Too Hard-Distinctive Lass). 1st Waikato TR Wentwood Grange H.Half-Brother to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Auckland TR TAB H.Half-Brother to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Te Aroha JC Bayleys Country Maiden S.</t>
+    <t>Half-Brother to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Auckland TR TAB H.Half-Brother to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Te Aroha JC Bayleys Country Maiden S.Half-Brother to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 3rd Auckland TR Almanzor Trophy Gr.3Closely related to  To Bravery Born (2022.c. by Snitzel-Milunka, by All Too Hard-Distinctive Lass). 1st Waikato TR Wentwood Grange H.</t>
   </si>
   <si>
     <t>Diva Carolina</t>
   </si>
   <si>
-    <t>Out of a sibling to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 1st Latrobe Valley RC TRFM H.</t>
+    <t>Out of a sibling to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 1st Latrobe Valley RC TRFM H.Out of a sibling to  Sinister Sauce (2020.f. by The Autumn Sun-Rosa Carolina, by Savabeel-Ombre Rose). 1st Werribee RC Corio Waste Management H.</t>
   </si>
   <si>
     <t>Divine Shiva</t>
   </si>
   <si>
     <t>Closely related to  Perfect General (2020.g. by Zoustar-Honey Rider, by Pins-Southern Heights). 1st HKJC American Club Challenge CupClosely related to  Perfect General (2020.g. by Zoustar-Honey Rider, by Pins-Southern Heights). 1st HKJC Connaught H.Closely related to  Flipper (2022.f. by Ocean Park-Scarlet O'Hara, by Fast 'n' Famous-Southern Belle). 1st Ashburton RC Agraforum Comcat Maiden S.</t>
   </si>
   <si>
     <t>Dolce Amore</t>
   </si>
   <si>
-    <t>Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 1st HKJC Chevalier Environmental Engineering H.Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 2nd HKJC La Estephe H.</t>
+    <t>Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 1st HKJC Chevalier Environmental Engineering H.Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 2nd HKJC Hebe Haven H.Sister to  Audacious Pursuit (2021.g. by Ardrossan-Dolce Amore, by Sebring-Irish Belle). 2nd HKJC La Estephe H.</t>
   </si>
   <si>
     <t>Donttelltimmy</t>
   </si>
   <si>
-    <t>From the same family as  Swiftie Harriet (2021.f. by Exceedance-Sweet Melody, by Tavistock-On Arrival). 1st Ballarat TC MHS Group H.Closely related to  Free Flying (2023.f. by Snitzel-Ennis Hill, by Fastnet Rock-Hips Don't Lie). 4th MRC (Caulfield) Merson Cooper S. LClosely related to  Lambay (2020.g. by Zoustar-Irish Sea, by Fastnet Rock-Hips Don't Lie). 1st Gundagai-Adelong RC Patriot Bloodstock H.Closely related to  Forms of Fear (2019.g. by Written Tycoon-Sia, by Fastnet Rock-Hips Don't Lie). 1st Darwin TC Become a Member H.</t>
+    <t>Closely related to  Hughes (2019.g. by Russian Revolution-No More Tears, by Darci Brahma-Ocean of Tears). 2nd MRC (Caulfield) John Dillon S. LFrom the same family as  Swiftie Harriet (2021.f. by Exceedance-Sweet Melody, by Tavistock-On Arrival). 1st Ballarat TC MHS Group H.Closely related to  Free Flying (2023.f. by Snitzel-Ennis Hill, by Fastnet Rock-Hips Don't Lie). 4th MRC (Caulfield) Merson Cooper S. LClosely related to  Lambay (2020.g. by Zoustar-Irish Sea, by Fastnet Rock-Hips Don't Lie). 1st Gundagai-Adelong RC Patriot Bloodstock H.Closely related to  Forms of Fear (2019.g. by Written Tycoon-Sia, by Fastnet Rock-Hips Don't Lie). 1st Darwin TC Become a Member H.Closely related to  Kippis (2022.f. by Exceed and Excel-More Cheers, by Showcasing-Ocean of Tears). 1st Southside Racing Future Stars Series Maiden P.</t>
   </si>
   <si>
     <t>Dottie Dee</t>
   </si>
   <si>
-    <t>Closely related to  Attractiveness (2022.f. by Hello Youmzain-Hot in High Heels, by High Chaparral-Fairygem). 1st Gosford RC JT Project Group Maiden P.Out of a sibling to  Fairy Dream (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 4th Auckland TR Eight Carat Classic Gr.2</t>
+    <t>Out of a sibling to  FAIRY DREAM (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 1st WRC Desert Gold S. Gr.3Out of a sibling to  FAIRY DREAM (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 4th Auckland TR Eight Carat Classic Gr.2Closely related to  Attractiveness (2022.f. by Hello Youmzain-Hot in High Heels, by High Chaparral-Fairygem). 1st Gosford RC JT Project Group Maiden P.</t>
   </si>
   <si>
     <t>Dragon Robe</t>
   </si>
   <si>
     <t>From the same family as  CAPTURED BY LOVE (2021.f. by Written Tycoon-Moldova, by Snitzel-La Fluorescent). 1st CJC Canterbury Breeders S. Gr.3From the same family as  OUGHTON - A PAL (H.K.) (2018.g. by More Than Ready-La Fluorescent, by General Nediym-Generous Nature). 3rd BRC (Doomben) Keith Noud H. LFrom the same family as  OUGHTON - A PAL (H.K.) (2018.g. by More Than Ready-La Fluorescent, by General Nediym-Generous Nature). 3rd Qld Tatt's RC (Doomben) Recognition S. L</t>
   </si>
   <si>
     <t>Dream of Me</t>
   </si>
   <si>
     <t>Closely related to  Sweet Winner (2022.c. by Game Winner-Darci's Dream, by Darci Brahma-Sweet Dreams Baby). 1st Parx Racing Maiden Claiming</t>
   </si>
   <si>
     <t>Eleanor Rigby</t>
   </si>
   <si>
     <t>From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd Western Australian Guineas Gr.2From the same family as  Heeza Phoenix (2022.c. by Grunt-Joadja, by Charge Forward-Okaylah). 2nd WATC (Ascot) Fairetha S. LClosely related to  Kawakawa (2022.f. by Per Incanto-Savaplay, by Savabeel-Forty Two Below). 1st Wairarapa RC Weddings Maiden S.</t>
   </si>
   <si>
     <t>Electrode</t>
   </si>
   <si>
-    <t>Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 1st BOP RC Super Liquor H.Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 2nd BOP RC Tauranga Hardware H.Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 3rd WRC Spring Sprint Gr.3Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 3rd Waikato TR J Swap Sprint Gr.3</t>
+    <t>Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 1st BOP RC Super Liquor H.Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 2nd BOP RC Tauranga Hardware H.Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 3rd WRC Spring Sprint Gr.3Half-Brother to  Kitty Flash (2021.f. by Ace High-Electrode, by Pins-Electricity). 3rd Waikato TR J Swap Sprint Gr.3From the same family as  Nicco the Greek (2018.g. by Nicconi-Lady Min, by Nothin' Leica Dane-Explanation). 1st TTC Fashions for Oaks Night P.</t>
   </si>
   <si>
     <t>Elegant Achiever</t>
   </si>
   <si>
     <t>Closely related to  Aliano (2021.g. by Toronado-Gagliano, by Fastnet Rock-Astonish). 1st MRC (Sandown) Lockettled.Au H.Closely related to  Aliano (2021.g. by Toronado-Gagliano, by Fastnet Rock-Astonish). 1st Sale TC Morelli's Furniture and Bedtime Maiden P.Half-Sister to  Ellmaknifico (2017.g. by Makfi-Elegant Achiever, by Fastnet Rock-Astonish). 2nd Bairnsdale RC Benchmark 52 H.Half-Sister to  Ellmaknifico (2017.g. by Makfi-Elegant Achiever, by Fastnet Rock-Astonish). 3rd Stony Creek RC Win Network H.Half-Sister to  So We Go (2022.g. by Embellish-Elegant Achiever, by Fastnet Rock-Astonish). 3rd Wairarapa RC Jackson St Bar Maiden S.</t>
   </si>
   <si>
     <t>Elegant d'Oro</t>
   </si>
   <si>
-    <t>Closely related to  LITTLE BLACK DRESS (2022.f. by Snitzel-Star Fashion, by Street Cry-Elegant Fashion). 4th New Zealand Two Thousand Guineas Gr.1Closely related to  Dezignation (2022.c. by So You Think-Dezign, by Zabeel-Elegant Fashion). 1st Shoalhaven City TC Astute Financial P.Half-Sister to  Elegant Man (2020.g. by Lonhro-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 1st Kerang TC NPD Natural Gypsum Maiden P.Half-Sister to  Elegant Man (2020.g. by Lonhro-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 2nd Colac TC Prestige Jayco H.Closely related to  It's a Written (2020.f. by Written By-Queen's Fashion, by Encosta de Lago-Elegant Fashion). 1st Inverell JC Brian Baldwin Maiden H.Half-Sister to  Majestic Legend (2022.f. by Wootton Bassett-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 3rd Gosford RC Christmas Race Day November Maiden H.</t>
+    <t>Closely related to  LITTLE BLACK DRESS (2022.f. by Snitzel-Star Fashion, by Street Cry-Elegant Fashion). 4th New Zealand Two Thousand Guineas Gr.1Closely related to  Dezignation (2022.c. by So You Think-Dezign, by Zabeel-Elegant Fashion). 1st Shoalhaven City TC Astute Financial P.Half-Sister to  Elegant Man (2020.g. by Lonhro-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 1st Kerang TC NPD Natural Gypsum Maiden P.Half-Sister to  Elegant Man (2020.g. by Lonhro-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 2nd Colac TC Prestige Jayco H.Closely related to  It's a Written (2020.f. by Written By-Queen's Fashion, by Encosta de Lago-Elegant Fashion). 1st Inverell JC Brian Baldwin Maiden H.Half-Sister to  Majestic Legend (2022.f. by Wootton Bassett-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 3rd Gosford RC Christmas Race Day November Maiden H.Half-Sister to  Majestic Legend (2022.f. by Wootton Bassett-Elegant d'Oro, by Medaglia d'Oro-Elegant Fashion). 3rd Illawarra TC Blinky's Birthday Dash Maiden H.</t>
   </si>
   <si>
     <t>Eleonora</t>
   </si>
   <si>
-    <t>From the same family as  TOMODACHI (2020.f. by Tarzino-Quintessentially, by High Chaparral-Uberalles). 4th WRC Telegraph S. Gr.1From the same family as  PERICLES (2020.g. by Rubick-Empyrean, by O'Reilly-Ethereal). 1st Waikato TR Lodge Real Estate MileHalf-Sister to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 1st Auckland TR Barfoot and Thompson Maiden S.</t>
+    <t>From the same family as  TOMODACHI (2020.f. by Tarzino-Quintessentially, by High Chaparral-Uberalles). 4th WRC Telegraph S. Gr.1From the same family as  PERICLES (2020.g. by Rubick-Empyrean, by O'Reilly-Ethereal). 1st Waikato TR Lodge Real Estate MileHalf-Sister to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 1st Auckland TR Barfoot and Thompson Maiden S.Half-Sister to  Day One (2022.g. by Wootton Bassett-Eleonora, by Makfi-Sopra Tutto). 4th Auckland TR Gingernuts Salver L</t>
   </si>
   <si>
     <t>Elisheba</t>
   </si>
   <si>
     <t>Half-Brother to  Black Cherry (2021.f. by Brazen Beau-Elisheba, by Australia-Laugh Out Loud). 1st Nhill DRC IGA Plus Liquor Maiden P.Half-Brother to  Queen of Sheba (2022.f. by Impending-Elisheba, by Australia-Laugh Out Loud). 2nd South Canterbury RC Pearl Series Maiden S.Half-Brother to  Queen of Sheba (2022.f. by Impending-Elisheba, by Australia-Laugh Out Loud). 3rd Central Otago RC Omakau Auto Centre Maiden S.</t>
   </si>
   <si>
     <t>Elizabeth Rose</t>
   </si>
   <si>
     <t>Closely related to  Britannia Gold (2021.f. by Ten Sovereigns-Mustang Sally, by Sakhee's Secret-Scarlet Queen). 1st Waikato TR Pathways H.</t>
   </si>
   <si>
     <t>Emily Margaret</t>
   </si>
   <si>
     <t>Brother to  Ha'penny Hatch (2022.f. by Circus Maximus-Emily Margaret, by Pins-Seven Schillings). 3rd SCTC (Sunshine Coast) Stanley River Thoroughbreds H.Out of a sibling to  Three Arrows (2022.g. by Hello Youmzain-Seven Schillings, by O'Reilly-Landon). 1st Newcastle JC Hunter Land Management Maiden H.Out of a sibling to  Three Arrows (2022.g. by Hello Youmzain-Seven Schillings, by O'Reilly-Landon). 1st Hawkesbury RC Elite Sand and Soil H.Closely related to  Pinot for Mike (2022.f. by Proisir-Fascinate Me, by Rip Van Winkle-Seven Schillings). 1st Geelong RC Ladbrokes Maiden P.</t>
   </si>
   <si>
     <t>Escape Artist</t>
   </si>
   <si>
-    <t>Out of a sibling to  Amplify (2021.f. by Microphone-Se Sauver, by Bel Esprit-Secret Cause). 1st ATC (Randwick) Inglis Influence H.</t>
+    <t>Out of a sibling to  Amplify (2021.f. by Microphone-Se Sauver, by Bel Esprit-Secret Cause). 1st ATC (Randwick) Inglis Influence H.Closely related to  All Business (2021.f. by Toronado-Scamper, by Fastnet Rock-Se Sauver). 1st Geelong RC Rex Gorell H.</t>
   </si>
   <si>
     <t>Estrella Especiale</t>
   </si>
   <si>
-    <t>Closely related to  To Bravery Born (2022.c. by Snitzel-Milunka, by All Too Hard-Distinctive Lass). 1st Waikato TR Wentwood Grange H.Closely related to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Auckland TR TAB H.Closely related to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Te Aroha JC Bayleys Country Maiden S.Half-Brother to  Star of Winston (2022.g. by Churchill-Estrella Especiale, by Starcraft-Special Sweep). 3rd Newcastle JC Des Edser Memorial Maiden P.</t>
+    <t>Closely related to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Auckland TR TAB H.Closely related to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Te Aroha JC Bayleys Country Maiden S.Closely related to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 3rd Auckland TR Almanzor Trophy Gr.3Closely related to  To Bravery Born (2022.c. by Snitzel-Milunka, by All Too Hard-Distinctive Lass). 1st Waikato TR Wentwood Grange H.Half-Brother to  Star of Winston (2022.g. by Churchill-Estrella Especiale, by Starcraft-Special Sweep). 3rd Newcastle JC Des Edser Memorial Maiden P.</t>
+  </si>
+  <si>
+    <t>Etiquette</t>
+  </si>
+  <si>
+    <t>Closely related to  Ioane (2020.g. by Savabeel-Got It, by Pins-It Girl). 1st Yarra Valley RC Bet365 H.</t>
   </si>
   <si>
     <t>Eva Daniela</t>
   </si>
   <si>
     <t>From the same family as  Gin a Tonic (2021.g. by Better Than Ready-The Quick One, by Fastnet Rock-Il Quello Veloce). 1st Southside Racing Geoff Whiffin SprintFrom the same family as  Gin a Tonic (2021.g. by Better Than Ready-The Quick One, by Fastnet Rock-Il Quello Veloce). 1st MRC Magic Millions Vic 3YO and 4YO ClassicOut of a sibling to  Sound of Speed (2022.g. by Microphone-Jemerica, by Captain Rio-Nishaani). 1st WATC (Ascot) Magic Millions P.</t>
   </si>
   <si>
     <t>Evens</t>
   </si>
   <si>
     <t>Half-Sister to  Khando (2020.f. by Mongolian Khan-Evens, by Pins-Golden Gamble). 1st Te Aroha JC Mega Series Maiden S.Half-Sister to  Khando (2020.f. by Mongolian Khan-Evens, by Pins-Golden Gamble). 3rd Avondale JC Welcome Back Maiden S.</t>
   </si>
   <si>
     <t>Express Dreams</t>
   </si>
   <si>
-    <t>From the same family as  Hi Royal (2020.g. by Kodiac-Majestic Roi, by Street Cry-L'Extra Honor). 1st REHRC Al Dana Cup</t>
+    <t>From the same family as  Hi Royal (2020.g. by Kodiac-Majestic Roi, by Street Cry-L'Extra Honor). 1st REHRC Al Dana CupFrom the same family as  Hi Royal (2020.g. by Kodiac-Majestic Roi, by Street Cry-L'Extra Honor). 2nd REHRC Al Adiyat Cup L</t>
   </si>
   <si>
     <t>Pride of Dubai</t>
   </si>
   <si>
     <t>Express Fantasy</t>
   </si>
   <si>
-    <t>From the same family as  Wish List (2022.f. by Legislate-Wind Chill, by Silvano-Windin the Willows). 3rd Kenilworth Cape Fillies Guineas Gr.1From the same family as  Hat's Pride (2020.c. by Hat Puntano-Mambonick, by Mambo in Seattle-Herself). 1st Fairview Founders Trophy</t>
+    <t>From the same family as  WISH LIST (2022.f. by Legislate-Wind Chill, by Silvano-Windin the Willows). 1st Kenilworth Paddock S. Gr.1From the same family as  WISH LIST (2022.f. by Legislate-Wind Chill, by Silvano-Windin the Willows). 3rd Kenilworth Cape Fillies Guineas Gr.1From the same family as  Hat's Pride (2020.c. by Hat Puntano-Mambonick, by Mambo in Seattle-Herself). 1st Fairview Founders TrophyFrom the same family as  Rifle Queen (2022.f. by Buffalo Bill Cody-Elusive Force, by Elusive Fort-Folies Trevise). 2nd Vaal TC Swallow S. L</t>
   </si>
   <si>
     <t>Fair Isle</t>
   </si>
   <si>
     <t>Closely related to  Brutal Miss (2022.f. by Brutal-La Grisa, by Reliable Man-Miss Scarlatti). 1st GCTC (Gold Coast) TAB Maiden P.</t>
   </si>
   <si>
+    <t>Familia</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Queen's Evidence (2022.f. by King's Legacy-Enjay, by High Chaparral-Gypsy's Daughter). 1st Wanganui JC La Nuova Dry Cleaners S.</t>
+  </si>
+  <si>
     <t>Faye Presto</t>
   </si>
   <si>
     <t>Closely related to  Sethnique (2021.g. by Super Seth-Unique Magic, by Denman-Magic Star). 1st Moree RC Caretaker's Maiden H.</t>
   </si>
   <si>
     <t>Wild Ruler</t>
   </si>
   <si>
     <t>Find Joy</t>
   </si>
   <si>
-    <t>Half-Sister to  Recruiter (2020.g. by Deep Field-Find Joy, by Drosselmeyer-Hurricane Hannah). 1st Cairns JC Cashcor Engineering H.</t>
+    <t>Half-Sister to  Recruiter (2020.g. by Deep Field-Find Joy, by Drosselmeyer-Hurricane Hannah). 1st Cairns JC Cashcor Engineering H.Half-Sister to  Recruiter (2020.g. by Deep Field-Find Joy, by Drosselmeyer-Hurricane Hannah). 2nd Atherton TC Malanda Big Pub H.</t>
   </si>
   <si>
     <t>Finest Wine</t>
   </si>
   <si>
     <t>Closely related to  Dance the Night (2022.f. by Almanzor-Stolen Dance, by Alamosa-Songbird). 1st Auckland TR Dunstan Maiden S.</t>
   </si>
   <si>
     <t>Flaming</t>
   </si>
   <si>
     <t>Flashdance</t>
   </si>
   <si>
     <t>Half-Sister to  Flash Roca (2021.f. by El Roca-Flashdance, by Lonhro-Dance on By). 2nd Southland RC Glen Buckingham H.Half-Sister to  Flash Roca (2021.f. by El Roca-Flashdance, by Lonhro-Dance on By). 3rd Otago Engineering H.</t>
   </si>
   <si>
     <t>Fleur de Lune</t>
   </si>
   <si>
     <t>Sister to  TWAIN (2020.g. by Per Incanto-Fleur de Lune, by Stravinsky-Kapsjoy). 2nd Counties Bowl Gr.3</t>
   </si>
   <si>
+    <t>Floria Tosca</t>
+  </si>
+  <si>
+    <t>Out of a sibling to  Rollins (2021.g. by Super Seth-Sofia Rosa, by Makfi-Bislieri). 1st CJC Karaka 2026 Maiden S.</t>
+  </si>
+  <si>
     <t>Florist</t>
   </si>
   <si>
-    <t>From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3Closely related to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Out of a sibling to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.Out of a sibling to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Closely related to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
+    <t>From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 1st Geelong RC Ladbrokes Maiden P.From the same family as  Regeneration (2022.g. by King's Legacy-Orchids, by Savabeel-Posy). 3rd MRC (Caulfield) Blue Sapphire S. Gr.3Closely related to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.Out of a sibling to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.Out of a sibling to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Out of a sibling to  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Rosehill) TAB H.Closely related to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
   </si>
   <si>
     <t>Flower of Wanaka</t>
   </si>
   <si>
     <t>From the same family as  SHE'S A HUSTLER (2020.f. by Ace High-Snow Petal, by Bernardini-Zirna). 1st MRC (Caulfield) Zipping Classic Gr.2From the same family as  SHE'S A HUSTLER (2020.f. by Ace High-Snow Petal, by Bernardini-Zirna). 2nd VRC (Flemington) Matriarch S. Gr.2Closely related to  Dream Maker (2022.g. by Almanzor-Wanaka Dream, by Zabeel-Wanaka). 1st Whangarei RC Northland Business Maiden S.</t>
   </si>
   <si>
     <t>Flute of Champagne</t>
   </si>
   <si>
     <t>Closely related to  Now Not Never (2022.g. by Shocking-Edmonton, by Pentire-Legs Akimbo). 1st Taupo RC J Swap Golden Ticket S.</t>
   </si>
   <si>
     <t>Fond du Coeur</t>
   </si>
   <si>
-    <t>Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 1st MVRC (Geelong) Schweppes H.Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 2nd Geelong RC Homes H.Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 3rd Kilmore TC Ricky Thompson Memorial H.</t>
+    <t>Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 1st MVRC (Geelong) Schweppes H.Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 2nd Geelong RC Homes H.Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 3rd VRC (Flemington) Victorian Bushfire Appeal P. H.Half-Brother to  Navy Heart (2021.f. by U S Navy Flag-Fond du Coeur, by Fastnet Rock-Fill My Heart). 3rd Kilmore TC Ricky Thompson Memorial H.</t>
   </si>
   <si>
     <t>Fortaleza</t>
   </si>
   <si>
     <t>Half-Brother to  Rum Runner (2021.g. by U S Navy Flag-Fortaleza, by Darci Brahma-Bunyah). 1st Mackay TC Ladbrokes Big Bets Maiden H.</t>
   </si>
   <si>
     <t>Frankly</t>
   </si>
   <si>
-    <t>Half-Brother to  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 1st Woodford CupHalf-Brother to  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 3rd MRC (Caulfield) Eclipse S. Gr.3Half-Brother to  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 3rd MRC Sportsbet H.Closely related to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. LClosely related to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 3rd MRC (Sandown) Lord S. LClosely related to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 4th MRC (Caulfield) Eclipse S. Gr.3</t>
+    <t>Half-Brother to  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 1st Woodford CupHalf-Brother to  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 3rd MRC (Caulfield) Eclipse S. Gr.3Half-Brother to  OCEAN BEYOND (2017.g. by Ocean Park-Frankly, by Pins-O'Really). 3rd MRC Sportsbet H.Closely related to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 2nd VRC (Flemington) Chester Manifold S. LClosely related to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 3rd MRC (Sandown) Lord S. LClosely related to  Detonator Jack (2018.g. by Jakkalberry-Red Delicious, by No Excuse Needed-Aroon). 4th MRC (Caulfield) Eclipse S. Gr.3Closely related to  Glam Award (2022.f. by Shamus Award-Shezdelicious, by Atlante-Red Delicious). 1st Waikato TR Project Unite Maiden S.</t>
   </si>
   <si>
     <t>Fuld's Bet</t>
   </si>
   <si>
     <t>Closely related to  Yes We Are (2021.g. by Yes Yes Yes-Bet Your Smart, by Smart Missile-Dublin Me Bet). 1st Sale TC Water Specialists H.</t>
   </si>
   <si>
     <t>Galanthus</t>
   </si>
   <si>
-    <t>Out of a sibling to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.From the same family as  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.From the same family as  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.Out of a sibling to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
+    <t>Out of a sibling to  The Night King - Superya (Mal.) (2018.g. by Savabeel-Snowdrop, by Pins-Daffodil). 1st Perak TC Class 4 H.From the same family as  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Kensington) Fidelity Capital Australia H.From the same family as  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Randwick) Brave Smash H.From the same family as  Cross Tasman (2021.g. by Super Seth-Daffodil, by No Excuse Needed-Spring). 1st ATC (Rosehill) TAB H.Out of a sibling to  Will it Snow (2021.g. by Super Seth-Snowdrop, by Pins-Daffodil). 1st GCTC (Gold Coast) Scott Murfet Maiden P.</t>
   </si>
   <si>
     <t>Galaya</t>
   </si>
   <si>
     <t>From the same family as  Golden Vega (2023.c. by Lucky Vega-Golden Temps, by Manduro-Gift of Spring). 1st Roma Premio LorenzaccioFrom the same family as  Golden Vega (2023.c. by Lucky Vega-Golden Temps, by Manduro-Gift of Spring). 3rd Milano Premio Campobello LFrom the same family as  Inevitable (2021.c. by Native Khan-Danseur de Feu, by Danehill Dancer-Ugo Fire). 4th Antalya Manavgat L</t>
   </si>
   <si>
     <t>Gallwitz</t>
   </si>
   <si>
-    <t>Half-Brother to  Witz End (2020.g. by Savabeel-Gallwitz, by Bernardini-Hold to Ransom). 1st CJC Ultimate Design H.Closely related to  Victory Tune (2022.g. by Too Darn Hot-Birdsong, by Sepoy-Hold to Ransom). 1st Seymour RC United Insurance Advisers Maiden P.</t>
+    <t>Half-Brother to  Witz End (2020.g. by Savabeel-Gallwitz, by Bernardini-Hold to Ransom). 1st CJC Ultimate Design H.Closely related to  Victory Tune (2022.g. by Too Darn Hot-Birdsong, by Sepoy-Hold to Ransom). 1st Seymour RC United Insurance Advisers Maiden P.Closely related to  Victory Tune (2022.g. by Too Darn Hot-Birdsong, by Sepoy-Hold to Ransom). 1st Southside Racing El Jannah H.</t>
   </si>
   <si>
     <t>Galway</t>
   </si>
   <si>
     <t>Closely related to  French Thinker (2021.f. by So You Think-French Success, by Savabeel-Trocair). 1st Taranaki RC Active Electrical Maiden S.</t>
   </si>
   <si>
     <t>Gemstone Bay</t>
   </si>
   <si>
-    <t>From the same family as  JOLIESTAR (2020.f. by Zoustar-Jolie Bay, by Fastnet Rock-Legally Bay). 3rd VRC Sprint Classic Gr.1From the same family as  Mednyi - Love Together (H.K.) (2022.g. by Capitalist-Maroon Bay, by Exceed and Excel-Legally Bay). 1st HKJC Chater H.Out of a sibling to  Monopolistic (2022.g. by Savabeel-Bayrock, by Fastnet Rock-Legally Bay). 1st Newcastle JC Cleanaway Maiden H.Closely related to  Hinzel (2022.c. by Snitzel-Hindaam, by Savabeel-Bayrock). 1st Illawarra TC Feel Good Fun Maiden P.</t>
+    <t>From the same family as  JOLIESTAR (2020.f. by Zoustar-Jolie Bay, by Fastnet Rock-Legally Bay). 3rd VRC Sprint Classic Gr.1From the same family as  Mednyi - Love Together (H.K.) (2022.g. by Capitalist-Maroon Bay, by Exceed and Excel-Legally Bay). 1st HKJC Chater H.Out of a sibling to  Monopolistic (2022.g. by Savabeel-Bayrock, by Fastnet Rock-Legally Bay). 1st ATC (Canterbury) Spelling at Mt White H.Out of a sibling to  Monopolistic (2022.g. by Savabeel-Bayrock, by Fastnet Rock-Legally Bay). 1st Newcastle JC Cleanaway Maiden H.Closely related to  Hinzel (2022.c. by Snitzel-Hindaam, by Savabeel-Bayrock). 1st Illawarra TC Feel Good Fun Maiden P.</t>
   </si>
   <si>
     <t>Genovese</t>
   </si>
   <si>
     <t>Closely related to  SIR ALBERT (2019.g. by Savabeel-Diana Dors, by O'Reilly-Rationable). 2nd CJC TAB Mile Gr.3Closely related to  Setheus (2021.g. by Super Seth-Baby Shacks, by O'Reilly-Rationable). 1st Kyneton &amp; Hanging Rock RC Macedon Ranges Glass Maiden P.</t>
   </si>
   <si>
+    <t>Get Hitched</t>
+  </si>
+  <si>
+    <t>From the same family as  Caesar Cipher - Pegas (H.K.) (2021.g. by Encryption-Lobola, by Anabaa-Love Dance). 1st HKJC Sailing H.</t>
+  </si>
+  <si>
     <t>Get Lit</t>
   </si>
   <si>
     <t>Out of a sibling to  SUPER PHOTON (2021.g. by Super Seth-Chandelier, by O'Reilly-Cenphic). 1st BOP RC Dane Crockford Ray White H.Out of a sibling to  Captain Morgan (2015.g. by Savabeel-Chandelier, by O'Reilly-Cenphic). 1st TTC Queens Arms Hotel H.</t>
   </si>
   <si>
     <t>Girandola</t>
   </si>
   <si>
     <t>Half-Brother to  Strawberry Impact (2021.g. by Pierata-Girandola, by Medaglia d'Oro-Flame of Sydney). 2nd ATC (Randwick) Asahi Super Dry H.Half-Brother to  Strawberry Impact (2021.g. by Pierata-Girandola, by Medaglia d'Oro-Flame of Sydney). 2nd ATC (Rosehill) Midway H.Half-Brother to  Strawberry Impact (2021.g. by Pierata-Girandola, by Medaglia d'Oro-Flame of Sydney). 3rd Newcastle JC Novocastrian Electrical H.</t>
   </si>
   <si>
     <t>Glamour Gal</t>
   </si>
   <si>
     <t>Half-Sister to  GLAMOUR TYCOON (2020.f. by Written Tycoon-Glamour Gal, by Foxwedge-Pink Siris). 1st BOP RC Bayleys H.Half-Sister to  Kumbaya (2022.f. by North Pacific-Glamour Gal, by Foxwedge-Pink Siris). 2nd ATC (Canterbury) Ranvet Maiden P.Half-Sister to  Kumbaya (2022.f. by North Pacific-Glamour Gal, by Foxwedge-Pink Siris). 2nd Hawkesbury RC Vandy's Roofing and Guttering Maiden H.</t>
   </si>
   <si>
     <t>Glee</t>
   </si>
   <si>
     <t>Glimpse</t>
   </si>
   <si>
-    <t>From the same family as  HINEKAHA (2021.f. by Savabeel-Hinerangi, by Fastnet Rock-Hinemoa). 1st Waikato TR Cal Isuzu S. Gr.2From the same family as  HINEKAHA (2021.f. by Savabeel-Hinerangi, by Fastnet Rock-Hinemoa). 1st Waverley RC Peko Contracting H.Half-Brother to  Sneak Peek (2021.f. by Almanzor-Glimpse, by Rip Van Winkle-Taitanium). 2nd Auckland TR Dunstan Stayers QualifierHalf-Brother to  Sneak Peek (2021.f. by Almanzor-Glimpse, by Rip Van Winkle-Taitanium). 3rd Auckland TR Dunstan Stayers Final H.</t>
+    <t>From the same family as  HINEKAHA (2021.f. by Savabeel-Hinerangi, by Fastnet Rock-Hinemoa). 1st Waikato TR Cal Isuzu S. Gr.2From the same family as  HINEKAHA (2021.f. by Savabeel-Hinerangi, by Fastnet Rock-Hinemoa). 1st Waverley RC Peko Contracting H.From the same family as  HINEKAHA (2021.f. by Savabeel-Hinerangi, by Fastnet Rock-Hinemoa). 2nd Auckland TR Aotearoa Classic Gr.3Half-Brother to  Sneak Peek (2021.f. by Almanzor-Glimpse, by Rip Van Winkle-Taitanium). 2nd Auckland TR Dunstan Stayers QualifierHalf-Brother to  Sneak Peek (2021.f. by Almanzor-Glimpse, by Rip Van Winkle-Taitanium). 3rd Auckland TR Dunstan Stayers Final H.</t>
   </si>
   <si>
     <t>Glistening</t>
   </si>
   <si>
     <t>Brother to  Scintillante (2021.g. by Savabeel-Glistening, by O'Reilly-Swarovski). 1st MRC (Sandown) Sportsbet H.Brother to  Scintillante (2021.g. by Savabeel-Glistening, by O'Reilly-Swarovski). 3rd MRC Sportsbet H.</t>
   </si>
   <si>
     <t>Golden Hind</t>
   </si>
   <si>
     <t>Closely related to  Genius Baby (2021.g. by Too Darn Hot-Planet Rock, by Fastnet Rock-Akris). 1st HKJC Tai Tam H.</t>
   </si>
   <si>
     <t>Grace Augusta</t>
   </si>
   <si>
     <t>Out of a sibling to  Outta Line (2021.f. by Pierro-Bullion Mansion, by Encosta de Lago-La Volta). 1st Illawarra TC Gary Thatcher Memorial H.</t>
   </si>
   <si>
     <t>Grace Park</t>
   </si>
   <si>
-    <t>Closely related to  Belle Noire (2022.f. by Turn Me Loose-Black Beauty, by Black Minnaloushe-Stella Stargazer). 1st BOP RC Rob Pinny Realtycom Maiden S.Closely related to  State the Obvious (2023.f. by Sword of State-Pullyoursocksup, by Thewayyouare-Grace Park). 1st Thames JC Mark Anderson Maiden S.Brother to  Miss Parker (2022.f. by Circus Maximus-Grace Park, by Danske-Stella Stargazer). 2nd Rotorua RC Pearl Series Maiden S.</t>
+    <t>Closely related to  Belle Noire (2022.f. by Turn Me Loose-Black Beauty, by Black Minnaloushe-Stella Stargazer). 1st BOP RC Rob Pinny Realtycom Maiden S.Closely related to  State the Obvious (2023.f. by Sword of State-Pullyoursocksup, by Thewayyouare-Grace Park). 1st Thames JC Mark Anderson Maiden S.Brother to  Miss Parker (2022.f. by Circus Maximus-Grace Park, by Danske-Stella Stargazer). 2nd Rotorua RC Pearl Series Maiden S.Brother to  Miss Parker (2022.f. by Circus Maximus-Grace Park, by Danske-Stella Stargazer). 2nd Auckland TR Hallmark's Karaka Yearlings Maiden S.</t>
   </si>
   <si>
     <t>Gracious Grey</t>
   </si>
   <si>
     <t>Half-Sister to  KIND WORDS (2020.f. by Written Tycoon-Gracious Grey, by Redoute's Choice-Warpath). 1st Gosford RC Belle of the Turf S. Gr.3Half-Sister to  KIND WORDS (2020.f. by Written Tycoon-Gracious Grey, by Redoute's Choice-Warpath). 1st ATC (Rosehill) Captivant at Kia Ora H.Closely related to  Masvingo (2023.f. by Zoustar-Rotator, by Not a Single Doubt-Warpath). 3rd Wyong Magic Millions 2YO Classic (R) LOut of a sibling to  Cavalry Man (2020.g. by So You Think-Warpath, by Reset-Only Vanda). 1st BRC (Eagle Farm) Kia Ora Stud H.Closely related to  Endued (2021.g. by Deep Field-Waruna, by All Too Hard-Warpath). 1st HKJC Lei Muk Shue H.Out of a sibling to  War King (2022.c. by Pierata-Warpath, by Reset-Only Vanda). 1st GCTC (Gold Coast) Allegra Homes Maiden P.</t>
   </si>
   <si>
     <t>Grand Soleil</t>
   </si>
   <si>
-    <t>Closely related to  Sea Me Dance (2021.f. by Ocean Park-Danza Kuduro, by Savabeel-Night Danza). 1st Quirindi JC Elders Maiden P.Closely related to  Wildspitze (2022.g. by Cool Aza Beel-Queen Daenerys, by Deep Field-Miralago). 1st Lockyer RC Ladbrokes Maiden P.</t>
+    <t>Closely related to  Sea Me Dance (2021.f. by Ocean Park-Danza Kuduro, by Savabeel-Night Danza). 1st Quirindi JC Elders Maiden P.Closely related to  Bonfidelity (2021.f. by Vanbrugh-Nightofpassion, by Don Eduardo-Night Danza). 1st Armidale JC Laing+Simmons P.Closely related to  Wildspitze (2022.g. by Cool Aza Beel-Queen Daenerys, by Deep Field-Miralago). 1st Lockyer RC Ladbrokes Maiden P.</t>
   </si>
   <si>
     <t>U S Navy Flag</t>
   </si>
   <si>
     <t>Guiseppina</t>
   </si>
   <si>
     <t>Half-Brother to  TAVI TIME (2019.g. by Tavistock-Guiseppina, by Johar-Battocchi). 1st ATC (Randwick) Summer Cup Gr.3Closely related to  Enterprise (2021.g. by U S Navy Flag-Peppino, by Savabeel-Guiseppina). 1st CJC Avonhead Tavern H.Half-Brother to  Sarti (2021.g. by Snitzel-Guiseppina, by Johar-Battocchi). 1st BOP RC Keith Stringer Maiden S.</t>
   </si>
   <si>
     <t>Hannah Mary</t>
   </si>
   <si>
-    <t>Half-Brother to  Gillian (2020.f. by Darci Brahma-Hannah Mary, by Dubawi-Burscay). 1st Te Aroha JC Harcourts Gold Star H.Half-Brother to  Gillian (2020.f. by Darci Brahma-Hannah Mary, by Dubawi-Burscay). 3rd BOP RC Twilight Cup</t>
+    <t>Half-Brother to  Gillian (2020.f. by Darci Brahma-Hannah Mary, by Dubawi-Burscay). 1st Te Aroha JC Harcourts Gold Star H.Half-Brother to  Gillian (2020.f. by Darci Brahma-Hannah Mary, by Dubawi-Burscay). 3rd BOP RC Twilight CupHalf-Brother to  Gillian (2020.f. by Darci Brahma-Hannah Mary, by Dubawi-Burscay). 3rd WRC Hardy Trade Supply Co H.</t>
   </si>
   <si>
     <t>Happily</t>
   </si>
   <si>
-    <t>Brother to  AMMIRATI (2022.c. by Savabeel-Happily, by Pins-Merrily). 1st Levin RC Wellington S. Gr.3Brother to  AMMIRATI (2022.c. by Savabeel-Happily, by Pins-Merrily). 1st Rotorua RC Hotel Rotorua Maiden S.</t>
+    <t>Brother to  AMMIRATI (2022.c. by Savabeel-Happily, by Pins-Merrily). 1st Levin RC Wellington S. Gr.3Brother to  AMMIRATI (2022.c. by Savabeel-Happily, by Pins-Merrily). 1st Auckland TR Gingernuts Salver LBrother to  AMMIRATI (2022.c. by Savabeel-Happily, by Pins-Merrily). 1st Rotorua RC Hotel Rotorua Maiden S.</t>
   </si>
   <si>
     <t>Happy Song</t>
   </si>
   <si>
-    <t>From the same family as  OBSERVER (2022.c. by Ghaiyyath-Smooth, by Lonhro-Miss Right Note). 1st Victoria Derby Gr.1From the same family as  Atmosphere (2019.g. by Lonhro-Ambience, by Street Cry-Miss Right Note). 1st Ipswich TC (Ipswich) Great Northern H.</t>
+    <t>From the same family as  OBSERVER (2022.c. by Ghaiyyath-Smooth, by Lonhro-Miss Right Note). 1st Victoria Derby Gr.1From the same family as  SANDPAPER (2019.g. by Snitzel-Smooth, by Lonhro-Miss Right Note). 1st ATC (Randwick) Carrington S. LFrom the same family as  Atmosphere (2019.g. by Lonhro-Ambience, by Street Cry-Miss Right Note). 1st Ipswich TC (Ipswich) Great Northern H.</t>
   </si>
   <si>
     <t>Hawaiian Princess</t>
   </si>
   <si>
-    <t>Half-Brother to  Per Favore (2022.f. by Per Incanto-Hawaiian Princess, by Sacred Falls-Double Babu). 1st MRC (Sandown) Ive Maiden P.Half-Brother to  Per Favore (2022.f. by Per Incanto-Hawaiian Princess, by Sacred Falls-Double Babu). 3rd Southside Racing Reed Cranes and Haulage Maiden P.Closely related to  Chaparral Chase (2021.g. by So You Think-Mrs Gardenia, by Rip Van Winkle-Double Babu). 1st Clermont RC Madden Investments H.Half-Brother to  Malibu (2021.g. by Russian Revolution-Hawaiian Princess, by Sacred Falls-Double Babu). 2nd Wairarapa RC Johnson Brothers Maiden S.Half-Brother to  Malibu (2021.g. by Russian Revolution-Hawaiian Princess, by Sacred Falls-Double Babu). 2nd Levin RC Keep it Simple Maiden S.</t>
+    <t>Half-Brother to  Per Favore (2022.f. by Per Incanto-Hawaiian Princess, by Sacred Falls-Double Babu). 1st MRC (Sandown) Ive Maiden P.Half-Brother to  Per Favore (2022.f. by Per Incanto-Hawaiian Princess, by Sacred Falls-Double Babu). 3rd Southside Racing Reed Cranes and Haulage Maiden P.Closely related to  Chaparral Chase (2021.g. by So You Think-Mrs Gardenia, by Rip Van Winkle-Double Babu). 1st Clermont RC Madden Investments H.Half-Brother to  Malibu (2021.g. by Russian Revolution-Hawaiian Princess, by Sacred Falls-Double Babu). 2nd Wairarapa RC Johnson Brothers Maiden S.Half-Brother to  Malibu (2021.g. by Russian Revolution-Hawaiian Princess, by Sacred Falls-Double Babu). 2nd Levin RC Keep it Simple Maiden S.Half-Brother to  Malibu (2021.g. by Russian Revolution-Hawaiian Princess, by Sacred Falls-Double Babu). 3rd Wanganui JC Rivercity Press Maiden S.</t>
   </si>
   <si>
     <t>Heart to Heart</t>
   </si>
   <si>
     <t>Closely related to  Supplicate (2023.f. by Ulysses-Plead, by Dutch Art-Entreat). 1st Lingfield BetMGM Golden Goals 2YO S.</t>
   </si>
   <si>
     <t>Hectopascal</t>
   </si>
   <si>
     <t>Grunt</t>
   </si>
   <si>
     <t>Hereforagoodtime</t>
   </si>
   <si>
     <t>Closely related to  Ollandia Beach (2021.g. by Omaha Beach-Barnsbury Street, by Tavistock-Belongs in Lights). 1st Kyneton &amp; Hanging Rock RC Bet365 H.Closely related to  Ollandia Beach (2021.g. by Omaha Beach-Barnsbury Street, by Tavistock-Belongs in Lights). 1st Echuca RC Moama Bowling Club H.Out of a sibling to  Thinking Gold (2021.g. by So You Think-Belongs in Lights, by Belong to Me-Celebrity Status). 1st Seymour RC Equine Clinic H.</t>
   </si>
   <si>
     <t>High Vogue</t>
   </si>
   <si>
     <t>Half-Sister to  Panda Alert (2022.g. by Ocean Park-High Vogue, by High Chaparral-Attire). 1st Warrnambool RC Creece Glass and Glazing Maiden P.</t>
   </si>
   <si>
     <t>Hi Gorgeous</t>
   </si>
   <si>
     <t>Closely related to  Regal Ripper (2022.g. by Zousain-Fairy Wand, by Redoute's Choice-Miss Delveen). 1st SAJC (Morphettville) Sportsbet Maiden P.Closely related to  Gem Tycoon (2022.g. by Written Tycoon-Perfect Gem, by Iffraaj-Calveen). 1st Shoalhaven City TC Solomon Motor Group Maiden H.</t>
   </si>
   <si>
     <t>Honor</t>
   </si>
   <si>
-    <t>Closely related to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 2nd Counties Cup Gr.3Out of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 1st BOP RC Chook and Lisa H.Out of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 4th Auckland TR Concorde S. Gr.3Closely related to  Ginger and Tonic (2021.f. by Gingerbread Man-Moderation, by Mastercraftsman-Bak da Princess). 1st Northam RC UAA Maiden P.</t>
+    <t>Closely related to  Rosetown Princess (2018.f. by Redwood-Prickley Princess, by Thorn Park-Bak da Princess). 2nd Counties Cup Gr.3From the same family as  Crimson Sky (2022.f. by Ocean Park-Urulu, by High Chaparral-Bak da Chief). 3rd WRC Desert Gold S. Gr.3Out of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 1st BOP RC Chook and Lisa H.Out of a sibling to  Bak da Angel (2020.f. by Ace High-Bak da Princess, by Danske-Havitbak). 4th Auckland TR Concorde S. Gr.3Closely related to  Ginger and Tonic (2021.f. by Gingerbread Man-Moderation, by Mastercraftsman-Bak da Princess). 1st Northam RC UAA Maiden P.Brother to  Get Honor (2022.f. by Savabeel-Honor, by Rip Van Winkle-Bak da Princess). 1st MRC (Mornington) Sportsbet Maiden P.</t>
   </si>
   <si>
     <t>Hot in High Heels</t>
   </si>
   <si>
-    <t>Half-Sister to  Attractiveness (2022.f. by Hello Youmzain-Hot in High Heels, by High Chaparral-Fairygem). 1st Gosford RC JT Project Group Maiden P.Out of a sibling to  Fairy Dream (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 4th Auckland TR Eight Carat Classic Gr.2</t>
+    <t>Out of a sibling to  FAIRY DREAM (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 1st WRC Desert Gold S. Gr.3Out of a sibling to  FAIRY DREAM (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 4th Auckland TR Eight Carat Classic Gr.2Half-Sister to  Attractiveness (2022.f. by Hello Youmzain-Hot in High Heels, by High Chaparral-Fairygem). 1st Gosford RC JT Project Group Maiden P.Half-Sister to  Attractiveness (2022.f. by Hello Youmzain-Hot in High Heels, by High Chaparral-Fairygem). 2nd Gosford RC Corporate Race Day H.</t>
   </si>
   <si>
     <t>I am Grande</t>
   </si>
   <si>
     <t>Half-Brother to  Signoretti (2022.g. by Hello Youmzain-I am Grande, by I Am Invincible-Grande Annee). 1st Tatura RC Liam Howley Racing Maiden P.Half-Brother to  Signoretti (2022.g. by Hello Youmzain-I am Grande, by I Am Invincible-Grande Annee). 2nd Kilmore TC Paul Egan Memorial Maiden P.Half-Brother to  Signoretti (2022.g. by Hello Youmzain-I am Grande, by I Am Invincible-Grande Annee). 3rd MRC Sportsbet H.</t>
   </si>
   <si>
+    <t>If You Had My Love</t>
+  </si>
+  <si>
     <t>Illuminaire</t>
   </si>
   <si>
-    <t>Half-Brother to  Wired for Fun (2021.f. by Trapeze Artist-Illuminaire, by All Too Hard-Optical). 2nd Herbert River JC Mitre 10 Maiden P.</t>
+    <t>From the same family as  Benerro (2021.g. by El Roca-Illuminates, by Strategic-Dazzle Light). 1st Wanganui JC G Bristol and Sons Maiden S.Out of a sibling to  Focus Point (2021.f. by Justify-Optical, by Swiss Ace-Illuminates). 1st Queanbeyan RC Dale and Hitchcock Maiden P.Half-Brother to  Wired for Fun (2021.f. by Trapeze Artist-Illuminaire, by All Too Hard-Optical). 1st Townsville TC Ladbrokes Maiden P.Half-Brother to  Wired for Fun (2021.f. by Trapeze Artist-Illuminaire, by All Too Hard-Optical). 2nd Herbert River JC Mitre 10 Maiden P.</t>
   </si>
   <si>
     <t>Ipanema Girl</t>
   </si>
   <si>
-    <t>From the same family as  AMOR VICTORIOUS (2019.g. by Caravaggio-Koizora, by Snitzel-Sky Love). 1st BRC (Eagle Farm) Members' H. LHalf-Brother to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 1st Wangaratta TC Winsec Savings and Loans H.Half-Brother to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 2nd VRC (Flemington) TAB H.</t>
+    <t>From the same family as  AMOR VICTORIOUS (2019.g. by Caravaggio-Koizora, by Snitzel-Sky Love). 1st BRC (Eagle Farm) Members' H. LHalf-Brother to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 1st Kyneton &amp; Hanging Rock RC Hanging Rock CupHalf-Brother to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 1st Wangaratta TC Winsec Savings and Loans H.Half-Brother to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 2nd VRC (Flemington) TAB H.Half-Brother to  His Finest Hour (2021.g. by Proisir-Ipanema Girl, by Iffraaj-Della Mimosa). 2nd VRC (Flemington) National Jockeys Trust Trophy</t>
   </si>
   <si>
     <t>Irish Cream</t>
   </si>
   <si>
     <t>Half-Brother to  Pejibaye (2021.g. by Per Incanto-Irish Cream, by O'Reilly-Zantelagh). 2nd HKJC Fat Tseung H.Half-Brother to  Pejibaye (2021.g. by Per Incanto-Irish Cream, by O'Reilly-Zantelagh). 2nd HKJC Pok Oi CupOut of a sibling to  Zantabulous (2019.f. by Almanzor-Zantelagh, by Zabeel-Dantelah). 1st Thames JC East Waikato Gold Cup</t>
   </si>
   <si>
     <t>It Might be You</t>
   </si>
   <si>
     <t>From the same family as  NEREUS (2019.g. by Savabeel-Eudora, by Pins-Hyades). 3rd Auckland TR Great Northern Challenge S. Gr.3Closely related to  Hollywood Hero (2019.g. by Sacred Falls-Movie, by Savabeel-Tootsie). 3rd ATC Cup LClosely related to  Hollywood Hero (2019.g. by Sacred Falls-Movie, by Savabeel-Tootsie). 4th ATC (Randwick) Christmas Cup L</t>
   </si>
   <si>
     <t>Anders</t>
   </si>
   <si>
     <t>Jessica Rabbit</t>
   </si>
   <si>
-    <t>From the same family as  Born to Be Royal (2022.f. by King's Legacy-Fatal Rendezvous, by All American-First Date). 3rd Auckland TR Sir Patrick Hogan S. Gr.2Closely related to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 3rd Auckland TR Eclipse S. Gr.2Closely related to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 4th Counties Challenge S. LHalf-Brother to  Magill (2023.c. by Farnan-Jessica Rabbit, by Sooboog-Bella Sunday). 1st Wairarapa RC Music in the Country Maiden S.Closely related to  Pacific Chill (2022.f. by North Pacific-Sunday Chill, by Flying Spur-Bella Sunday). 1st Yarra Valley RC United Petroleum Maiden P.</t>
+    <t>From the same family as  Born to Be Royal (2022.f. by King's Legacy-Fatal Rendezvous, by All American-First Date). 1st Matamata RC Colin West Panelbeaters Maiden S.From the same family as  Born to Be Royal (2022.f. by King's Legacy-Fatal Rendezvous, by All American-First Date). 3rd Auckland TR Sir Patrick Hogan S. Gr.2Half-Brother to  Magill (2023.c. by Farnan-Jessica Rabbit, by Sooboog-Bella Sunday). 1st Wairarapa RC Music in the Country Maiden S.Half-Brother to  Magill (2023.c. by Farnan-Jessica Rabbit, by Sooboog-Bella Sunday). 2nd Auckland TR Karaka 2YO Million (R) LClosely related to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 3rd Auckland TR Eclipse S. Gr.2Closely related to  Parfait Dimanche (2023.f. by Anders-Perfect Sunday, by Star Witness-Another Sunday). 4th Counties Challenge S. LClosely related to  Pacific Chill (2022.f. by North Pacific-Sunday Chill, by Flying Spur-Bella Sunday). 1st Yarra Valley RC United Petroleum Maiden P.</t>
   </si>
   <si>
     <t>Embellish</t>
   </si>
   <si>
     <t>Jonquil</t>
   </si>
   <si>
     <t>Joy of Life</t>
   </si>
   <si>
-    <t>Half-Sister to  Osteria (2021.g. by Ribchester-Joy of Life, by Zabeel-La Quinta Gold). 1st BOP RC Gartshore Construction H.Half-Sister to  Gioia Magica (2020.f. by Per Incanto-Joy of Life, by Zabeel-La Quinta Gold). 2nd Taranaki RC Active Electrical Maiden S.Half-Sister to  Gioia Magica (2020.f. by Per Incanto-Joy of Life, by Zabeel-La Quinta Gold). 2nd Taranaki RC Coventina Bay Maiden S.Half-Sister to  Gioia Magica (2020.f. by Per Incanto-Joy of Life, by Zabeel-La Quinta Gold). 3rd Matamata RC Cunningham Decorating Maiden S.</t>
+    <t>Half-Sister to  Osteria (2021.g. by Ribchester-Joy of Life, by Zabeel-La Quinta Gold). 1st BOP RC Gartshore Construction H.Half-Sister to  Gioia Magica (2020.f. by Per Incanto-Joy of Life, by Zabeel-La Quinta Gold). 2nd Taranaki RC Coventina Bay Maiden S.Half-Sister to  Gioia Magica (2020.f. by Per Incanto-Joy of Life, by Zabeel-La Quinta Gold). 2nd Taranaki RC Active Electrical Maiden S.Half-Sister to  Gioia Magica (2020.f. by Per Incanto-Joy of Life, by Zabeel-La Quinta Gold). 3rd Matamata RC Cunningham Decorating Maiden S.</t>
   </si>
   <si>
     <t>Just Dance</t>
   </si>
   <si>
     <t>Out of a sibling to  Dance the Night (2022.f. by Almanzor-Stolen Dance, by Alamosa-Songbird). 1st Auckland TR Dunstan Maiden S.</t>
   </si>
   <si>
     <t>Keepa Cheval</t>
   </si>
   <si>
-    <t>Half-Brother to  Belle Cheval (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 3rd New Zealand One Thousand Guineas Gr.1Closely related to  Tavi Will Do (2017.g. by Tavistock-Shaheen, by Zabeel-Sheila Cheval). 1st Selangor TC Class 5 H.</t>
+    <t>Half-Brother to  BELLE CHEVAL (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 1st Auckland TR Almanzor Trophy Gr.3Half-Brother to  BELLE CHEVAL (2022.f. by Savabeel-Keepa Cheval, by Keeper-Sheila Cheval). 3rd New Zealand One Thousand Guineas Gr.1Closely related to  Tavi Will Do (2017.g. by Tavistock-Shaheen, by Zabeel-Sheila Cheval). 1st Selangor TC Class 5 H.</t>
   </si>
   <si>
     <t>King's Lady</t>
   </si>
   <si>
     <t>Closely related to  Move She Can (2020.f. by Exosphere-Can She Move, by Canny Lad-Countess Dehere). 1st Wine Country RC New Era Technology Country Boosted H.</t>
   </si>
   <si>
     <t>Kristalove</t>
   </si>
   <si>
     <t>Out of a sibling to  Super Unicorn (2019.g. by Savabeel-Lovetessa, by O'Reilly-Love Diamonds). 1st HKJC Causeway Bay H.</t>
   </si>
   <si>
     <t>Kylie Bax</t>
   </si>
   <si>
-    <t>Half-Sister to  Bax Factor (2021.g. by Super Seth-Kylie Bax, by Pentire-Platinum Blond). 2nd Central Otago RC Cromwell Liquorland Maiden S.</t>
+    <t>From the same family as  FAIRY DREAM (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 1st WRC Desert Gold S. Gr.3From the same family as  FAIRY DREAM (2022.f. by Proisir-Fairygem, by Viscount-Gemscay). 4th Auckland TR Eight Carat Classic Gr.2Half-Sister to  Bax Factor (2021.g. by Super Seth-Kylie Bax, by Pentire-Platinum Blond). 2nd Central Otago RC Cromwell Liquorland Maiden S.</t>
   </si>
   <si>
     <t>La Dama</t>
   </si>
   <si>
-    <t>Half-Brother to  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2From the same family as  THE RADIANT ONE (2018.f. by Darci Brahma-The Diamond One, by Tale of the Cat-The Jewel). 2nd CJC Canterbury Breeders S. Gr.3Half-Brother to  La Prima Dama (2021.f. by Justify-La Dama, by High Chaparral-Star Affair). 1st Wanganui JC Racehorse Owners Association Maiden S.Half-Brother to  Offa's Dyke (2022.g. by Saxon Warrior-La Dama, by High Chaparral-Star Affair). 2nd Port Lincoln &amp; North Shields RC Roka Plumbing Maiden P.Half-Brother to  Offa's Dyke (2022.g. by Saxon Warrior-La Dama, by High Chaparral-Star Affair). 2nd Port Lincoln &amp; North Shields RC Yumbah Mussels Holdings H.Half-Brother to  Offa's Dyke (2022.g. by Saxon Warrior-La Dama, by High Chaparral-Star Affair). 3rd Port Lincoln &amp; North Shields RC Yumbah Mussles Holdings H.</t>
+    <t>Half-Brother to  KHAFRE (2019.g. by American Pharoah-La Dama, by High Chaparral-Star Affair). 3rd Tauranga S. Gr.2From the same family as  THE RADIANT ONE (2018.f. by Darci Brahma-The Diamond One, by Tale of the Cat-The Jewel). 2nd CJC Canterbury Breeders S. Gr.3Closely related to  Patch of Cosmo (2021.g. by Super Seth-Thee, by Savabeel-Thy). 1st HKJC Tennis H.Half-Brother to  La Prima Dama (2021.f. by Justify-La Dama, by High Chaparral-Star Affair). 1st Wanganui JC Racehorse Owners Association Maiden S.Half-Brother to  Offa's Dyke (2022.g. by Saxon Warrior-La Dama, by High Chaparral-Star Affair). 2nd Port Lincoln &amp; North Shields RC Roka Plumbing Maiden P.Half-Brother to  Offa's Dyke (2022.g. by Saxon Warrior-La Dama, by High Chaparral-Star Affair). 2nd Port Lincoln &amp; North Shields RC Yumbah Mussels Holdings H.Half-Brother to  Offa's Dyke (2022.g. by Saxon Warrior-La Dama, by High Chaparral-Star Affair). 3rd Port Lincoln &amp; North Shields RC Yumbah Mussles Holdings H.</t>
   </si>
   <si>
     <t>Stay Inside</t>
   </si>
   <si>
     <t>Lady Bing</t>
   </si>
   <si>
     <t>Closely related to  Brave One (2021.g. by Exceedance-Runway Star, by Northern Meteor-Intuit). 1st Newcastle JC Hall and Wilcox H.Closely related to  Brave One (2021.g. by Exceedance-Runway Star, by Northern Meteor-Intuit). 3rd ATC (Randwick) Razor Sharp H. LHalf-Brother to  Enjector (2022.g. by Encryption-Lady Bing, by Sebring-Intuit). 3rd GCTC (Gold Coast) Brad Ryan Maiden P.</t>
   </si>
   <si>
     <t>Lady Cartier</t>
   </si>
   <si>
     <t>From the same family as  MERIDIUS (2019.g. by Extreme Choice-Jardine, by Stryker-Casula Gal). 1st MVRC (Cranbourne) Bottle Stop H.Out of a sibling to  I Am Carrot (2022.g. by Castelvecchio-Ten Carat Rock, by Rock of Gibraltar-Shantha's Choice). 1st Wyong RC Carlton and United Breweries Maiden P.Out of a sibling to  I Am Carrot (2022.g. by Castelvecchio-Ten Carat Rock, by Rock of Gibraltar-Shantha's Choice). 1st Hawkesbury RC Merry Christmas H.Closely related to  Collison (2018.g. by Written Tycoon-Our Girl Raquie, by Fastnet Rock-Ten Carat Rock). 1st Alice Springs TC Maloney Kan Accountants H.</t>
   </si>
   <si>
     <t>Lady Kipling</t>
   </si>
   <si>
-    <t>Closely related to  Shut Eye (2020.g. by Shamexpress-Time for a Kip, by Rip Van Winkle-Lady Kipling). 1st Goondiwindi RC Port of Brisbane H.</t>
+    <t>Closely related to  Shut Eye (2020.g. by Shamexpress-Time for a Kip, by Rip Van Winkle-Lady Kipling). 1st Goondiwindi RC Port of Brisbane H.Closely related to  Mount Sabyinyo (2022.g. by Snitzel-Fascino, by Charm Spirit-Lady Kipling). 1st Southside Racing Betavet Maiden P.</t>
   </si>
   <si>
     <t>Lady Zhao Jun</t>
   </si>
   <si>
     <t>Closely related to  Irish Consort (2019.g. by Reward for Effort-Dowager Girl, by O'Reilly-Dower). 1st Tumut TC Morgans Reserve Electrical H.</t>
   </si>
   <si>
     <t>La Grisette</t>
   </si>
   <si>
     <t>Out of a sibling to  Altari (2021.c. by Savabeel-Bohemian Lily, by O'Reilly-Bohemian Blues). 1st Auckland TR Myracehorse H.</t>
   </si>
   <si>
     <t>Las Brisas</t>
   </si>
   <si>
-    <t>Half-Brother to  CEOLWULF (2020.g. by Tavistock-Las Brisas, by Shamardal-Bright Halo). 1st VRC (Flemington) Cantala S. Gr.1From the same family as  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 4th ATC (Randwick) Summer Cup Gr.3From the same family as  Vega Magnifico (2019.g. by Lope de Vega-Hit the Sky, by Cozzene-Cerulean Sky). 1st Bordertown CupClosely related to  Non Stop (2019.g. by Starspangledbanner-Saint Hilary, by Authorized-Bright Halo). 1st Wincanton Download the Pricedup App H. Hurdle</t>
+    <t>Half-Brother to  CEOLWULF (2020.g. by Tavistock-Las Brisas, by Shamardal-Bright Halo). 1st VRC (Flemington) Cantala S. Gr.1From the same family as  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 3rd ATC (Rosehill) January Cup LFrom the same family as  IMPERIALIST (2021.g. by Churchill-Dancing Hare, by Fastnet Rock-Global Dance). 4th ATC (Randwick) Summer Cup Gr.3From the same family as  Vega Magnifico (2019.g. by Lope de Vega-Hit the Sky, by Cozzene-Cerulean Sky). 1st Bordertown CupClosely related to  Non Stop (2019.g. by Starspangledbanner-Saint Hilary, by Authorized-Bright Halo). 1st Wincanton Download the Pricedup App H. Hurdle</t>
   </si>
   <si>
     <t>Leading Lights</t>
   </si>
   <si>
     <t>From the same family as  Wico (2020.c. by No Nay Never-Mundus Novus, by Unbridled's Song-Wild Planet). 1st Woodbine ClaimingOut of a sibling to  Hello Captain (2022.g. by Hello Youmzain-Steer by the Stars, by Pivotal-Mundus Novus). 1st SCTC (Sunshine Coast) Sherrin Rentals Maiden P.From the same family as  Ocean Side (2015.g. by Dark Angel-Mundus Novus, by Unbridled's Song-Wild Planet). 1st Bro Park Klass 3 H.</t>
   </si>
   <si>
     <t>Le Gai Soleil</t>
   </si>
   <si>
-    <t>Closely related to  Sea Me Dance (2021.f. by Ocean Park-Danza Kuduro, by Savabeel-Night Danza). 1st Quirindi JC Elders Maiden P.</t>
+    <t>Closely related to  Sea Me Dance (2021.f. by Ocean Park-Danza Kuduro, by Savabeel-Night Danza). 1st Quirindi JC Elders Maiden P.Closely related to  Bonfidelity (2021.f. by Vanbrugh-Nightofpassion, by Don Eduardo-Night Danza). 1st Armidale JC Laing+Simmons P.</t>
   </si>
   <si>
     <t>Les Crayeres</t>
   </si>
   <si>
     <t>Let's Get Married</t>
   </si>
   <si>
-    <t>From the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 2nd Camarero Clasico Angel T Cordero Jr LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 3rd Doncaster Wentworth S. LHalf-Brother to  Kidding Me (2021.f. by Yes Yes Yes-Let's Get Married, by Authorized-Venetian Beauty). 1st Geraldton TC Toyota Insurance Maiden P.Half-Brother to  Kidding Me (2021.f. by Yes Yes Yes-Let's Get Married, by Authorized-Venetian Beauty). 2nd Geraldton TC Tarcoola Express Coffee Maiden P.</t>
+    <t>From the same family as  Hall of Famer (2023.c. by Improbable-Ma Reve, by Munnings-Vallee des Reves). 2nd Camarero Clasico Angel T Cordero Jr LFrom the same family as  Magic Basma (2022.f. by Expert Eye-Morning Basma, by Born to Sea-La Ville Lumiere). 3rd Doncaster Wentworth S. LOut of a sibling to  Venetian (2020.g. by Awtaad-Venetian Beauty, by Lear Fan-Venise). 1st Dundalk Bar 1 New App Out Now H.Half-Brother to  Kidding Me (2021.f. by Yes Yes Yes-Let's Get Married, by Authorized-Venetian Beauty). 1st Geraldton TC Toyota Insurance Maiden P.Half-Brother to  Kidding Me (2021.f. by Yes Yes Yes-Let's Get Married, by Authorized-Venetian Beauty). 2nd Geraldton TC Tarcoola Express Coffee Maiden P.</t>
   </si>
   <si>
     <t>Zoustar</t>
   </si>
   <si>
     <t>Letzbeglam</t>
   </si>
   <si>
-    <t>Closely related to  Chicago King (2021.g. by Street Boss-Belle Danseuse, by Eskendereya-Miss Charming). 1st GCTC (Gold Coast) Elijah Maiden P.</t>
+    <t>Out of a sibling to  GATSBY'S (2021.g. by Snitzel-Miss Charming, by Forestry-Charm a Gendarme). 1st ATC (Randwick) Racing and Sports H.Closely related to  Chicago King (2021.g. by Street Boss-Belle Danseuse, by Eskendereya-Miss Charming). 1st GCTC (Gold Coast) Elijah Maiden P.</t>
   </si>
   <si>
     <t>Light Express</t>
   </si>
   <si>
-    <t>Out of a sibling to  Blindedbythelight (2021.f. by Shamus Award-Lady's Light, by Toolighttoquit-Lady's Answer). 1st MRC (Caulfield) SEN H.Out of a sibling to  Blindedbythelight (2021.f. by Shamus Award-Lady's Light, by Toolighttoquit-Lady's Answer). 2nd MRC (Caulfield) Summoned S. Gr.3Closely related to  Places to Be (2022.f. by Hello Youmzain-Socialights, by Pierro-Light Express). 3rd Waikato TR Wentwood Grange H.Closely related to  Sophast (2020.g. by So You Think-This Lady Rocks, by Fastnet Rock-Lady's Light). 1st Southside Racing Ladbrokes H.Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 2nd Wyong RC Economy Waste Group H.Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 2nd Hawkesbury RC Merry Christmas H.Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 3rd Illawarra TC Bluestone Building Group H.Closely related to  Gliding Lightening (2022.f. by Hanseatic-Enlightening Lady, by Sebring-Lady's Light). 1st MRC (Mornington) Flex23 Asphalting Maiden P.</t>
+    <t>Out of a sibling to  Blindedbythelight (2021.f. by Shamus Award-Lady's Light, by Toolighttoquit-Lady's Answer). 1st MRC (Caulfield) SEN H.Out of a sibling to  Blindedbythelight (2021.f. by Shamus Award-Lady's Light, by Toolighttoquit-Lady's Answer). 2nd MRC (Caulfield) Summoned S. Gr.3Half-Brother to  Declared (2019.g. by Churchill-Light Express, by Fastnet Rock-Lady's Light). 1st Murray Bridge RC Carlton Draught H.Closely related to  Places to Be (2022.f. by Hello Youmzain-Socialights, by Pierro-Light Express). 3rd Waikato TR Wentwood Grange H.Closely related to  Places to Be (2022.f. by Hello Youmzain-Socialights, by Pierro-Light Express). 4th Auckland TR Almanzor Trophy Gr.3Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 1st Illawarra TC Altus Traffic H.Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 2nd Wyong RC Economy Waste Group H.Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 2nd Hawkesbury RC Merry Christmas H.Half-Brother to  Fast Track (2021.f. by So You Think-Light Express, by Fastnet Rock-Lady's Light). 3rd Illawarra TC Bluestone Building Group H.Closely related to  Gliding Lightening (2022.f. by Hanseatic-Enlightening Lady, by Sebring-Lady's Light). 1st MRC (Mornington) Flex23 Asphalting Maiden P.Closely related to  Gliding Lightening (2022.f. by Hanseatic-Enlightening Lady, by Sebring-Lady's Light). 1st Southside Racing Hygain Edge H.Closely related to  Sophast (2020.g. by So You Think-This Lady Rocks, by Fastnet Rock-Lady's Light). 1st Southside Racing Ladbrokes H.</t>
   </si>
   <si>
     <t>Lilahjay</t>
   </si>
   <si>
     <t>From the same family as  JENNI THE FOX (2021.f. by Too Darn Hot-Miss Foxwood, by Fastnet Rock-Foxwood). 1st Geelong RC Black Pearl S. LFrom the same family as  JENNI THE FOX (2021.f. by Too Darn Hot-Miss Foxwood, by Fastnet Rock-Foxwood). 3rd VRC (Flemington) Hong Kong Jockey Club S. Gr.3Half-Brother to  Betterbeyou (2020.f. by What's the Story-Lilahjay, by Tavistock-Keepable). 3rd Taranaki RC Ron Stanley Tribute H.</t>
   </si>
   <si>
     <t>Lilikoi</t>
   </si>
   <si>
-    <t>From the same family as  DUBAI HONOUR (2018.g. by Pride of Dubai-Mondelice, by Montjeu-Compelling). 1st Southwell Churchill S. LFrom the same family as  DUBAI HONOUR (2018.g. by Pride of Dubai-Mondelice, by Montjeu-Compelling). 2nd Kempton Wild Flower S. LFrom the same family as  TRUST (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 1st Turffontein Dingaans H. Gr.2From the same family as  TRUST (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 2nd Turffontein Graham Beck S. Gr.3From the same family as  TRUTH (2021.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 2nd Turffontein Lebelo Sprint Gr.3Half-Brother to  Passiflora (2022.f. by Farnan-Lilikoi, by Charm Spirit-Barbadine). 1st Wanganui JC Happy Hire 3YO S.Half-Brother to  Passiflora (2022.f. by Farnan-Lilikoi, by Charm Spirit-Barbadine). 3rd BOP RC Armory S.</t>
+    <t>From the same family as  DUBAI HONOUR (2018.g. by Pride of Dubai-Mondelice, by Montjeu-Compelling). 1st Southwell Churchill S. LFrom the same family as  DUBAI HONOUR (2018.g. by Pride of Dubai-Mondelice, by Montjeu-Compelling). 2nd Kempton Wild Flower S. LFrom the same family as  TRUST (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 1st Turffontein Dingaans H. Gr.2From the same family as  TRUST (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 2nd Turffontein Graham Beck S. Gr.3From the same family as  TRUST (2022.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 3rd Turffontein Got the Greenlight S. Gr.3From the same family as  TRUTH (2021.c. by Heavenly Blue-Frankly, by Frankel-Little Fastnet). 2nd Turffontein Lebelo Sprint Gr.3Half-Brother to  Passiflora (2022.f. by Farnan-Lilikoi, by Charm Spirit-Barbadine). 1st Wanganui JC Happy Hire 3YO S.Half-Brother to  Passiflora (2022.f. by Farnan-Lilikoi, by Charm Spirit-Barbadine). 3rd BOP RC Armory S.</t>
   </si>
   <si>
     <t>Best of Bordeaux</t>
   </si>
   <si>
     <t>Lipstick Lover</t>
   </si>
   <si>
-    <t>Closely related to  Fiorenot (2020.g. by Fiorente-I'm an Outoftowner, by Dane Shadow-Chelsea Rose). 1st VRC (Flemington) Australian Trainers' Association P.</t>
+    <t>Closely related to  Fiorenot (2020.g. by Fiorente-I'm an Outoftowner, by Dane Shadow-Chelsea Rose). 1st VRC (Flemington) Australian Trainers' Association P.Closely related to  Fiorenot (2020.g. by Fiorente-I'm an Outoftowner, by Dane Shadow-Chelsea Rose). 1st VRC (Flemington) Black Caviar Lightning Race Day February H.</t>
   </si>
   <si>
     <t>Little Belle</t>
   </si>
   <si>
     <t>Little Kitten</t>
   </si>
   <si>
     <t>From the same family as  PROTON (2023.g. by Astern-Charged, by Elusive Quality-Kiawah Cat). 2nd Del Mar Thoroughbred Aftercare Alliance S. LFrom the same family as  PROTON (2023.g. by Astern-Charged, by Elusive Quality-Kiawah Cat). 4th Del Mar Cecil B Demille S. Gr.3From the same family as  Lemon Zest (2022.f. by Nyquist-Larkin, by Bernardini-Thunder Kitten). 3rd Aqueduct Mother Goose S. Gr.2From the same family as  Lemon Zest (2022.f. by Nyquist-Larkin, by Bernardini-Thunder Kitten). 3rd Oaklawn Sports S. LFrom the same family as  Angel Kiss (2021.f. by Frosted-Kiawah Cat, by Lemon Drop Kid-Thunder Kitten). 1st Remington Park Allowance Optional ClaimingHalf-Brother to  Kitten Heels (2022.f. by Snitzel-Little Kitten, by Sea the Stars-Michita). 3rd Te Aroha JC Harcourts Monarch Maiden S.</t>
   </si>
   <si>
     <t>Lost in Dubai</t>
   </si>
   <si>
-    <t>Closely related to  Full of Courage (2021.g. by Puccini-Skaapa, by Kaapstad-Stray). 1st Murray Bridge RC Vinidex and Philmac H.</t>
+    <t>Closely related to  Full of Courage (2021.g. by Puccini-Skaapa, by Kaapstad-Stray). 1st Murray Bridge RC Vinidex and Philmac H.Closely related to  Full of Courage (2021.g. by Puccini-Skaapa, by Kaapstad-Stray). 1st Murray Bridge RC Kookaburra Homes H.</t>
+  </si>
+  <si>
+    <t>Loveable</t>
   </si>
   <si>
     <t>Luroel</t>
   </si>
   <si>
     <t>Sister to  Sky Heart (2020.g. by Ardrossan-Luroel, by Per Incanto-Our Prized Rose). 2nd HKJC Shing Yip H.</t>
   </si>
   <si>
     <t>Mackenzie Kate</t>
   </si>
   <si>
     <t>Closely related to  Erin Jo (2022.f. by I Am Invincible-Lucia Valentina, by Savabeel-Staryn Glenn). 1st ATC (Warwick Farm) Vinnie at Yarraman Park Maiden H.</t>
   </si>
   <si>
     <t>Madame Zoulander</t>
   </si>
   <si>
     <t>Closely related to  Betty Maud (2021.f. by Love Conquers All-Iltizaam, by Exceed and Excel-Farasha). 1st Lockyer RC Ladbrokes Maiden P.Closely related to  Betty Maud (2021.f. by Love Conquers All-Iltizaam, by Exceed and Excel-Farasha). 1st Kilcoy RC Searles Garden Products H.Closely related to  Rosa Aotearoa (2021.g. by Dundeel-Sharnee Rose, by Nadeem-Farasha). 1st MRC (Mornington) Coastal Agents H.</t>
   </si>
   <si>
     <t>Mai Tai</t>
   </si>
   <si>
     <t>Half-Brother to  Harvey Wallbanger (2023.g. by Home Affairs-Mai Tai, by Atlante-Tropical Punch). 2nd Auckland TR Eclipse S. Gr.2Half-Brother to  Harvey Wallbanger (2023.g. by Home Affairs-Mai Tai, by Atlante-Tropical Punch). 2nd Counties Challenge S. L</t>
   </si>
@@ -2342,144 +2447,156 @@
   <si>
     <t>From the same family as  DALYAN (2022.f. by Dubai Sky-Waven, by Kitten's Joy-Wave of Applause). 1st Hipódromo Chile Clasico Alberto Solari Magnasco Gr.1From the same family as  DALYAN (2022.f. by Dubai Sky-Waven, by Kitten's Joy-Wave of Applause). 2nd Hipódromo Chile Clasico Haras de Chile Gr.2</t>
   </si>
   <si>
     <t>Mary d'Or</t>
   </si>
   <si>
     <t>Half-Brother to  Engine Room (2021.g. by Super Seth-Mary d'Or, by Verglas-Miss Bio). 3rd ATC (Randwick) Brave Smash H.Closely related to  Martin (2021.g. by Almanzor-Laem Sing, by Myboycharlie-Miss Bio). 1st Durtal Prix Claude RougetClosely related to  Rosy Sue (2019.f. by Astern-Maryore, by Onemorenomore-Mary d'Or). 1st Cooma RC South East Rural H.</t>
   </si>
   <si>
     <t>McPhoebe</t>
   </si>
   <si>
     <t>Half-Brother to  Winchester (2022.c. by Ribchester-McPhoebe, by Makfi-Ballet Danseuse). 1st Waipukurau JC Jooky Maiden S.</t>
   </si>
   <si>
     <t>Medieval Miss</t>
   </si>
   <si>
     <t>Out of a sibling to  Need a Miracle (2019.g. by Divine Prophet-Tellora, by Elusive Quality-Terrenora). 1st Armidale JC Hahn Super Dry H.</t>
   </si>
   <si>
     <t>Meghan</t>
   </si>
   <si>
+    <t>Meir</t>
+  </si>
+  <si>
+    <t>Closely related to  Tophet (2021.g. by Hellbent-Etoile, by Pour Moi-Mia le Fay). 1st Ballina JC Koala Farms H.</t>
+  </si>
+  <si>
     <t>Cool Aza Beel</t>
   </si>
   <si>
     <t>Meteoric Lass</t>
   </si>
   <si>
     <t>Brother to  Fleeting Star (2022.f. by Cool Aza Beel-Meteoric Lass, by Stratum-Benatar). 1st Auckland TR Pearl Series Maiden S.Brother to  Fleeting Star (2022.f. by Cool Aza Beel-Meteoric Lass, by Stratum-Benatar). 2nd Te Aroha JC Travel Advocates Maiden S.Brother to  Fleeting Star (2022.f. by Cool Aza Beel-Meteoric Lass, by Stratum-Benatar). 3rd Auckland TR Eight Carat Classic Gr.2Brother to  Fleeting Star (2022.f. by Cool Aza Beel-Meteoric Lass, by Stratum-Benatar). 3rd Auckland TR Yourride Maiden S.</t>
   </si>
   <si>
     <t>Milunka</t>
   </si>
   <si>
-    <t>Half-Sister to  To Bravery Born (2022.c. by Snitzel-Milunka, by All Too Hard-Distinctive Lass). 1st Waikato TR Wentwood Grange H.Out of a sibling to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Auckland TR TAB H.Out of a sibling to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Te Aroha JC Bayleys Country Maiden S.</t>
+    <t>Out of a sibling to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Auckland TR TAB H.Out of a sibling to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 1st Te Aroha JC Bayleys Country Maiden S.Out of a sibling to  Drops of God (2022.f. by Hello Youmzain-Distinctive Lass, by Orientate-Special Sweep). 3rd Auckland TR Almanzor Trophy Gr.3Half-Sister to  To Bravery Born (2022.c. by Snitzel-Milunka, by All Too Hard-Distinctive Lass). 1st Waikato TR Wentwood Grange H.</t>
   </si>
   <si>
     <t>Miss Bluebell</t>
   </si>
   <si>
     <t>Half-Brother to  GRINGOTTS (2019.g. by Per Incanto-Miss Bluebell, by Savabeel-Operavega). 1st ATC (Randwick) The Big DanceHalf-Brother to  GRINGOTTS (2019.g. by Per Incanto-Miss Bluebell, by Savabeel-Operavega). 1st Illawarra TC The GongClosely related to  VEGAS QUEEN (2021.f. by Proisir-Miss Vegas, by Carlton House-Operavega). 1st Auckland TR NHR Group H.Closely related to  VEGAS QUEEN (2021.f. by Proisir-Miss Vegas, by Carlton House-Operavega). 1st Auckland TR Pearl Series S.</t>
   </si>
   <si>
     <t>Miss Opulence</t>
   </si>
   <si>
-    <t>Sister to  Little Jeanie (2020.f. by Savabeel-Miss Opulence, by O'Reilly-Miss Opera). 1st BRC (Eagle Farm) Ladbrokes H.Sister to  Exuberance (2021.f. by Savabeel-Miss Opulence, by O'Reilly-Miss Opera). 3rd MRC (Sandown) Sportsbet Race Replays H.Closely related to  Cheeky Devil (2022.f. by Contributer-Shortblackmini, by Black Minnaloushe-Miss Opera). 1st Rotorua RC Lance Lawson H.</t>
+    <t>Sister to  Little Jeanie (2020.f. by Savabeel-Miss Opulence, by O'Reilly-Miss Opera). 1st BRC (Eagle Farm) Ladbrokes H.Closely related to  Cheeky Devil (2022.f. by Contributer-Shortblackmini, by Black Minnaloushe-Miss Opera). 1st Rotorua RC Lance Lawson H.Sister to  Exuberance (2021.f. by Savabeel-Miss Opulence, by O'Reilly-Miss Opera). 3rd MRC (Sandown) Sportsbet Race Replays H.Sister to  Eynesbury (2022.g. by Savabeel-Miss Opulence, by O'Reilly-Miss Opera). 3rd ATC (Canterbury) Toyota Forklifts Maiden H.</t>
   </si>
   <si>
     <t>Miss Penfold</t>
   </si>
   <si>
-    <t>Closely related to  Chest of Gold (2021.g. by Rich Enuff-Golden Future, by Mossman-The Golden Dane). 1st Southside Racing Shooting Stars H.</t>
+    <t>Closely related to  GOLDEN BOOM (2019.g. by Spirit of Boom-Golden Falls, by Encosta de Lago-The Golden Dane). 4th GCTC (Gold Coast) Goldmarket H. LClosely related to  Chest of Gold (2021.g. by Rich Enuff-Golden Future, by Mossman-The Golden Dane). 1st Southside Racing Shooting Stars H.</t>
   </si>
   <si>
     <t>Miss Rhythmic</t>
   </si>
   <si>
     <t>Closely related to  Goldiluxe (2019.f. by Ghibellines-Luxe, by O'Reilly-Gymnast). 1st Avondale JC Mainstreet H.Closely related to  Goldiluxe (2019.f. by Ghibellines-Luxe, by O'Reilly-Gymnast). 1st Whangarei RC Moore Equine Transport H.Closely related to  Fast Tempo (2021.g. by Time Test-Cordal, by Tavistock-Miss Rhythmic). 1st Gawler &amp; Barossa JC Two Wells Maiden P.</t>
   </si>
   <si>
     <t>Moana</t>
   </si>
   <si>
     <t>Half-Sister to  Alohamoana (2023.f. by Hello Youmzain-Moana, by Ocean Park-Brianna). 3rd Te Aroha JC Manco Maiden S.</t>
   </si>
   <si>
     <t>Moet Belle</t>
   </si>
   <si>
-    <t>From the same family as  ROMANOFF (2022.c. by Belardo-Tsarina Belle, by Stravinsky-Empress Belle). 1st New Zealand Two Thousand Guineas Gr.1From the same family as  ROMANOFF (2022.c. by Belardo-Tsarina Belle, by Stravinsky-Empress Belle). 3rd BOP RC James and Annie Sarten Memorial S. Gr.2Out of a sibling to  TUTUKAKA - CAVALRY (MAL.) (2018.g. by Tavistock-Meleka Belle, by Iffraaj-Empress Belle). 3rd Selangor TC Sports Toto Supreme Challenge Cup LClosely related to  Lyrics 'n' Song (2022.f. by Written Tycoon-Melody Belle, by Commands-Meleka Belle). 1st Southside Racing Challenge Maiden P.Closely related to  Lyrics 'n' Song (2022.f. by Written Tycoon-Melody Belle, by Commands-Meleka Belle). 3rd MRC (Caulfield) Twilight Glow S. LHalf-Brother to  Cellarmaster (2022.g. by Bivouac-Moet Belle, by Tavistock-Meleka Belle). 1st ATC (Randwick) TAB Maiden H.</t>
+    <t>From the same family as  ROMANOFF (2022.c. by Belardo-Tsarina Belle, by Stravinsky-Empress Belle). 1st New Zealand Two Thousand Guineas Gr.1From the same family as  ROMANOFF (2022.c. by Belardo-Tsarina Belle, by Stravinsky-Empress Belle). 3rd BOP RC James and Annie Sarten Memorial S. Gr.2Out of a sibling to  TUTUKAKA - CAVALRY (MAL.) (2018.g. by Tavistock-Meleka Belle, by Iffraaj-Empress Belle). 2nd Auckland TR Karaka Million 3YO Classic (R) LOut of a sibling to  TUTUKAKA - CAVALRY (MAL.) (2018.g. by Tavistock-Meleka Belle, by Iffraaj-Empress Belle). 3rd Selangor TC Sports Toto Supreme Challenge Cup LClosely related to  Lyrics 'n' Song (2022.f. by Written Tycoon-Melody Belle, by Commands-Meleka Belle). 1st Southside Racing Challenge Maiden P.Closely related to  Lyrics 'n' Song (2022.f. by Written Tycoon-Melody Belle, by Commands-Meleka Belle). 3rd MRC (Caulfield) Twilight Glow S. LHalf-Brother to  Cellarmaster (2022.g. by Bivouac-Moet Belle, by Tavistock-Meleka Belle). 1st ATC (Randwick) TAB Maiden H.</t>
   </si>
   <si>
     <t>Mohegan Star</t>
   </si>
   <si>
-    <t>From the same family as  HEART OF HONOR (2022.c. by Honor A. P.-Ruby Love, by Scat Daddy-Rogue). 1st Meydan Entisar S. LFrom the same family as  HEART OF HONOR (2022.c. by Honor A. P.-Ruby Love, by Scat Daddy-Rogue). 1st Meydan Nakheel S.</t>
+    <t>From the same family as  HEART OF HONOR (2022.c. by Honor A. P.-Ruby Love, by Scat Daddy-Rogue). 1st Meydan Entisar S. LFrom the same family as  HEART OF HONOR (2022.c. by Honor A. P.-Ruby Love, by Scat Daddy-Rogue). 1st Meydan Nakheel S.From the same family as  HEART OF HONOR (2022.c. by Honor A. P.-Ruby Love, by Scat Daddy-Rogue). 3rd Meydan Al Maktoum Challenge Gr.1</t>
   </si>
   <si>
     <t>Monrecour</t>
   </si>
   <si>
-    <t>Brother to  Packing Glory (2021.g. by Harry Angel-Monrecour, by Zacinto-Udiditagain). 1st HKJC Chevalier Building Supplies and Engineering H.</t>
+    <t>Brother to  Packing Glory (2021.g. by Harry Angel-Monrecour, by Zacinto-Udiditagain). 1st HKJC Chevalier Building Supplies and Engineering H.Brother to  Packing Glory (2021.g. by Harry Angel-Monrecour, by Zacinto-Udiditagain). 2nd HKJC Mr Vitality H.</t>
   </si>
   <si>
     <t>More Jools</t>
   </si>
   <si>
-    <t>Closely related to  Zousain Bolt (2021.g. by Zousain-Xaarfoxylady, by Foxwedge-Xaar's Jewel). 1st GCTC (Gold Coast) Flexible Pipelines Australia H.</t>
+    <t>Brother to  Prince Charge (2022.g. by Hello Youmzain-More Jools, by More Than Ready-Xaar's Jewel). 1st ATC (Kensington) Schweppes Maiden H.Closely related to  Zousain Bolt (2021.g. by Zousain-Xaarfoxylady, by Foxwedge-Xaar's Jewel). 1st GCTC (Gold Coast) Flexible Pipelines Australia H.</t>
   </si>
   <si>
     <t>More Prophets</t>
   </si>
   <si>
-    <t>Out of a sibling to  Set to Prophet (2018.g. by Extreme Choice-Set to Skelter, by Reset-Miss Helterskelter). 1st Armidale JC Invergowrie General Store H.</t>
+    <t>Out of a sibling to  Set to Prophet (2018.g. by Extreme Choice-Set to Skelter, by Reset-Miss Helterskelter). 1st Armidale JC Invergowrie General Store H.Out of a sibling to  Set to Prophet (2018.g. by Extreme Choice-Set to Skelter, by Reset-Miss Helterskelter). 1st Armidale JC De Bortoli Wines H.</t>
   </si>
   <si>
     <t>Mour Magic</t>
   </si>
   <si>
     <t>Music in My Heart</t>
   </si>
   <si>
-    <t>Closely related to  Melodia Legend (2021.g. by Snitzel-Muzyka, by Danehill Dancer-Music in My Heart). 1st Balaklava RC Sportsbet Maiden P.</t>
+    <t>From the same family as  Space Tracker (2019.g. by Havana Gold-Never In, by Elusive City-Priceoflove). 1st Qld Tatt's RC (Doomben) Sky Racing P.From the same family as  Space Tracker (2019.g. by Havana Gold-Never In, by Elusive City-Priceoflove). 3rd Sunshine Coast Cup LClosely related to  Melodia Legend (2021.g. by Snitzel-Muzyka, by Danehill Dancer-Music in My Heart). 1st Balaklava RC Sportsbet Maiden P.</t>
   </si>
   <si>
     <t>Myakka Park</t>
   </si>
   <si>
-    <t>From the same family as  SARAI (2021.f. by Upstart-No Panic, by Henrythenavigator-Indy Blaze). 1st Camarero ClaimingHalf-Brother to  Myakkabelle (2021.f. by War Decree-Myakka Park, by Lawman-Sweet Firebird). 3rd Levin RC Kapiti Valuations H.Closely related to  Zade (2023.c. by Pinatubo-Dawn of Hope, by Mastercraftsman-Sweet Firebird). 1st Deauville Prix de la PommeraieClosely related to  Mavr (2022.c. by Sergei Prokofiev-Alsium, by Invincible Spirit-Sweet Firebird). 1st Warsaw Handicap Race</t>
+    <t>From the same family as  SARAI (2021.f. by Upstart-No Panic, by Henrythenavigator-Indy Blaze). 1st Camarero ClaimingFrom the same family as  SARAI (2021.f. by Upstart-No Panic, by Henrythenavigator-Indy Blaze). 1st Camarero ClaimingHalf-Brother to  Myakkabelle (2021.f. by War Decree-Myakka Park, by Lawman-Sweet Firebird). 3rd Levin RC Kapiti Valuations H.Closely related to  Zade (2023.c. by Pinatubo-Dawn of Hope, by Mastercraftsman-Sweet Firebird). 1st Deauville Prix de la PommeraieClosely related to  Mavr (2022.c. by Sergei Prokofiev-Alsium, by Invincible Spirit-Sweet Firebird). 1st Warsaw Handicap Race</t>
+  </si>
+  <si>
+    <t>My Amelia</t>
+  </si>
+  <si>
+    <t>Half-Brother to  Atlantic Ocean (2019.g. by I Am Invincible-My Amelia, by Redoute's Choice-Carry on Cutie). 2nd Darwin TC Summer Sprint Series H.</t>
   </si>
   <si>
     <t>My My Maree</t>
   </si>
   <si>
-    <t>Closely related to  Lunaman (2022.g. by Reliable Man-Terrelune, by Zoustar-My My Maree). 1st BOP RC Happy Hire Maiden S.</t>
+    <t>Closely related to  Lunaman (2022.g. by Reliable Man-Terrelune, by Zoustar-My My Maree). 1st BOP RC Happy Hire Maiden S.Closely related to  Lunaman (2022.g. by Reliable Man-Terrelune, by Zoustar-My My Maree). 2nd Auckland TR Myracehorse S.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2783,51 +2900,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D380"/>
+  <dimension ref="A1:D399"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>3</v>
       </c>
       <c r="B1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>1</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
@@ -2849,5310 +2966,5576 @@
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>5</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
         <v>28</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B16" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" t="s">
         <v>48</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B19" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C19" t="s">
+        <v>50</v>
+      </c>
+      <c r="D19" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
         <v>53</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" t="s">
         <v>61</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B24" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D24" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
         <v>66</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B27" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" t="s">
         <v>73</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B30" t="s">
+        <v>77</v>
+      </c>
+      <c r="C30" t="s">
         <v>78</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="C31" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B32" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
         <v>83</v>
       </c>
       <c r="D32" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B33" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
       <c r="D33" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B34" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>87</v>
       </c>
       <c r="D34" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B35" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
       <c r="D35" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B36" t="s">
+        <v>22</v>
+      </c>
+      <c r="C36" t="s">
         <v>91</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B37" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="C37" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B38" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C38" t="s">
         <v>95</v>
       </c>
       <c r="D38" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B39" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="B40" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D40" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="B41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C41" t="s">
         <v>101</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B42" t="s">
+        <v>16</v>
+      </c>
+      <c r="C42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B44" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="C44" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D44" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="B45" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="C45" t="s">
+        <v>111</v>
+      </c>
+      <c r="D45" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B46" t="s">
+        <v>113</v>
+      </c>
+      <c r="C46" t="s">
         <v>114</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="B47" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C47" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B48" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="C48" t="s">
+        <v>118</v>
+      </c>
+      <c r="D48" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B49" t="s">
+        <v>120</v>
+      </c>
+      <c r="C49" t="s">
         <v>121</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B50" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="C50" t="s">
+        <v>123</v>
+      </c>
+      <c r="D50" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B51" t="s">
-        <v>104</v>
+        <v>7</v>
       </c>
       <c r="C51" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B52" t="s">
+        <v>127</v>
+      </c>
+      <c r="C52" t="s">
         <v>128</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B53" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="C53" t="s">
+        <v>130</v>
+      </c>
+      <c r="D53" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B54" t="s">
+        <v>110</v>
+      </c>
+      <c r="C54" t="s">
+        <v>132</v>
+      </c>
+      <c r="D54" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B55" t="s">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="C55" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B57" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
       <c r="D57" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B58" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C58" t="s">
         <v>142</v>
       </c>
       <c r="D58" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B59" t="s">
+        <v>22</v>
+      </c>
+      <c r="C59" t="s">
         <v>144</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B60" t="s">
-        <v>91</v>
+        <v>134</v>
       </c>
       <c r="C60" t="s">
+        <v>146</v>
+      </c>
+      <c r="D60" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B61" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="C61" t="s">
+        <v>148</v>
+      </c>
+      <c r="D61" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B62" t="s">
+        <v>97</v>
+      </c>
+      <c r="C62" t="s">
+        <v>150</v>
+      </c>
+      <c r="D62" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B63" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="C63" t="s">
+        <v>153</v>
+      </c>
+      <c r="D63" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B64" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="C64" t="s">
+        <v>155</v>
+      </c>
+      <c r="D64" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B65" t="s">
+        <v>37</v>
+      </c>
+      <c r="C65" t="s">
+        <v>157</v>
+      </c>
+      <c r="D65" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B66" t="s">
+        <v>159</v>
+      </c>
+      <c r="C66" t="s">
+        <v>160</v>
+      </c>
+      <c r="D66" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B67" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="C67" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D67" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B68" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="C68" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D68" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B69" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="C69" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D69" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B70" t="s">
-        <v>19</v>
+        <v>169</v>
       </c>
       <c r="C70" t="s">
+        <v>170</v>
+      </c>
+      <c r="D70" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B71" t="s">
-        <v>36</v>
+        <v>172</v>
       </c>
       <c r="C71" t="s">
         <v>173</v>
       </c>
       <c r="D71" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B72" t="s">
-        <v>48</v>
+        <v>134</v>
       </c>
       <c r="C72" t="s">
         <v>175</v>
       </c>
       <c r="D72" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B73" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="C73" t="s">
         <v>177</v>
       </c>
       <c r="D73" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B74" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C74" t="s">
         <v>179</v>
       </c>
       <c r="D74" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B75" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="C75" t="s">
         <v>181</v>
       </c>
       <c r="D75" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B76" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="C76" t="s">
         <v>183</v>
       </c>
       <c r="D76" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B77" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C77" t="s">
         <v>185</v>
       </c>
       <c r="D77" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B78" t="s">
+        <v>22</v>
+      </c>
+      <c r="C78" t="s">
         <v>187</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B79" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C79" t="s">
+        <v>189</v>
+      </c>
+      <c r="D79" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B80" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C80" t="s">
+        <v>191</v>
+      </c>
+      <c r="D80" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="B81" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C81" t="s">
+        <v>193</v>
+      </c>
+      <c r="D81" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="B82" t="s">
-        <v>13</v>
+        <v>195</v>
       </c>
       <c r="C82" t="s">
         <v>196</v>
       </c>
       <c r="D82" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B83" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="C83" t="s">
         <v>198</v>
       </c>
       <c r="D83" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B84" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C84" t="s">
         <v>200</v>
       </c>
       <c r="D84" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="B85" t="s">
         <v>16</v>
       </c>
       <c r="C85" t="s">
         <v>202</v>
       </c>
       <c r="D85" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B86" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C86" t="s">
         <v>204</v>
       </c>
       <c r="D86" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>206</v>
       </c>
       <c r="D87" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B88" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C88" t="s">
         <v>208</v>
       </c>
       <c r="D88" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B89" t="s">
         <v>19</v>
       </c>
       <c r="C89" t="s">
         <v>210</v>
       </c>
       <c r="D89" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B90" t="s">
+        <v>10</v>
+      </c>
+      <c r="C90" t="s">
         <v>212</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B91" t="s">
+        <v>7</v>
+      </c>
+      <c r="C91" t="s">
         <v>214</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B92" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C92" t="s">
+        <v>216</v>
+      </c>
+      <c r="D92" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B93" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C93" t="s">
+        <v>218</v>
+      </c>
+      <c r="D93" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B94" t="s">
-        <v>19</v>
+        <v>220</v>
       </c>
       <c r="C94" t="s">
         <v>221</v>
       </c>
       <c r="D94" t="s">
-        <v>222</v>
+        <v>124</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B95" t="s">
+        <v>222</v>
+      </c>
+      <c r="C95" t="s">
         <v>223</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B96" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C96" t="s">
+        <v>225</v>
+      </c>
+      <c r="D96" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B97" t="s">
+        <v>19</v>
+      </c>
+      <c r="C97" t="s">
+        <v>227</v>
+      </c>
+      <c r="D97" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="B98" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="C98" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D98" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="B99" t="s">
-        <v>13</v>
+        <v>231</v>
       </c>
       <c r="C99" t="s">
+        <v>232</v>
+      </c>
+      <c r="D99" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B100" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="C100" t="s">
+        <v>234</v>
+      </c>
+      <c r="D100" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="B101" t="s">
-        <v>19</v>
+        <v>236</v>
       </c>
       <c r="C101" t="s">
         <v>237</v>
       </c>
       <c r="D101" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="B102" t="s">
-        <v>66</v>
+        <v>239</v>
       </c>
       <c r="C102" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D102" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B103" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="C103" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D103" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="B104" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="C104" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D104" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B105" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="C105" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D105" t="s">
-        <v>211</v>
+        <v>247</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="B106" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C106" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D106" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="B107" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="C107" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D107" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="B108" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C108" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D108" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B109" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C109" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D109" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B110" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C110" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D110" t="s">
-        <v>253</v>
+        <v>219</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B111" t="s">
-        <v>91</v>
+        <v>19</v>
       </c>
       <c r="C111" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D111" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B112" t="s">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="C112" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D112" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D113" t="s">
-        <v>259</v>
+        <v>219</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B114" t="s">
         <v>19</v>
       </c>
       <c r="C114" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D114" t="s">
-        <v>261</v>
+        <v>207</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B115" t="s">
-        <v>262</v>
+        <v>22</v>
       </c>
       <c r="C115" t="s">
         <v>263</v>
       </c>
       <c r="D115" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="B116" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="C116" t="s">
         <v>265</v>
       </c>
       <c r="D116" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="B117" t="s">
+        <v>16</v>
+      </c>
+      <c r="C117" t="s">
         <v>267</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B118" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C118" t="s">
+        <v>269</v>
+      </c>
+      <c r="D118" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="B119" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="C119" t="s">
+        <v>271</v>
+      </c>
+      <c r="D119" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B120" t="s">
-        <v>19</v>
+        <v>273</v>
       </c>
       <c r="C120" t="s">
         <v>274</v>
       </c>
       <c r="D120" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="B121" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C121" t="s">
         <v>276</v>
       </c>
       <c r="D121" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B122" t="s">
-        <v>13</v>
+        <v>278</v>
       </c>
       <c r="C122" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D122" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="B123" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C123" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D123" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B124" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="C124" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D124" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B125" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C125" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D125" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B126" t="s">
-        <v>286</v>
+        <v>37</v>
       </c>
       <c r="C126" t="s">
         <v>287</v>
       </c>
       <c r="D126" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B127" t="s">
-        <v>133</v>
+        <v>16</v>
       </c>
       <c r="C127" t="s">
         <v>289</v>
       </c>
       <c r="D127" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B128" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="C128" t="s">
         <v>291</v>
       </c>
       <c r="D128" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B129" t="s">
-        <v>133</v>
+        <v>37</v>
       </c>
       <c r="C129" t="s">
         <v>293</v>
       </c>
       <c r="D129" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B130" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C130" t="s">
         <v>295</v>
       </c>
       <c r="D130" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B131" t="s">
-        <v>33</v>
+        <v>297</v>
       </c>
       <c r="C131" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D131" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="B132" t="s">
-        <v>262</v>
+        <v>139</v>
       </c>
       <c r="C132" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D132" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B133" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C133" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D133" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B134" t="s">
-        <v>36</v>
+        <v>139</v>
       </c>
       <c r="C134" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D134" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="B135" t="s">
-        <v>133</v>
+        <v>52</v>
       </c>
       <c r="C135" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D135" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B136" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="C136" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D136" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="B137" t="s">
-        <v>309</v>
+        <v>273</v>
       </c>
       <c r="C137" t="s">
         <v>310</v>
       </c>
       <c r="D137" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B138" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="C138" t="s">
         <v>312</v>
       </c>
       <c r="D138" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B139" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C139" t="s">
         <v>314</v>
       </c>
       <c r="D139" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B140" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="C140" t="s">
         <v>316</v>
       </c>
       <c r="D140" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B141" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C141" t="s">
         <v>318</v>
       </c>
       <c r="D141" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B142" t="s">
-        <v>133</v>
+        <v>320</v>
       </c>
       <c r="C142" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D142" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B143" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="C143" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D143" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B144" t="s">
-        <v>151</v>
+        <v>30</v>
       </c>
       <c r="C144" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D144" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B145" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="C145" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D145" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="B146" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="C146" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D146" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B147" t="s">
-        <v>61</v>
+        <v>139</v>
       </c>
       <c r="C147" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D147" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B148" t="s">
-        <v>286</v>
+        <v>30</v>
       </c>
       <c r="C148" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D148" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="B149" t="s">
-        <v>334</v>
+        <v>159</v>
       </c>
       <c r="C149" t="s">
         <v>335</v>
       </c>
       <c r="D149" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="B150" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C150" t="s">
         <v>337</v>
       </c>
       <c r="D150" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="B151" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="C151" t="s">
         <v>339</v>
       </c>
       <c r="D151" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="B152" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="C152" t="s">
         <v>341</v>
       </c>
       <c r="D152" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="B153" t="s">
-        <v>25</v>
+        <v>297</v>
       </c>
       <c r="C153" t="s">
         <v>343</v>
       </c>
       <c r="D153" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B154" t="s">
-        <v>61</v>
+        <v>345</v>
       </c>
       <c r="C154" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D154" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="B155" t="s">
-        <v>347</v>
+        <v>65</v>
       </c>
       <c r="C155" t="s">
         <v>348</v>
       </c>
       <c r="D155" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B156" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C156" t="s">
         <v>350</v>
       </c>
       <c r="D156" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B157" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="C157" t="s">
         <v>352</v>
       </c>
       <c r="D157" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="B158" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C158" t="s">
         <v>354</v>
       </c>
       <c r="D158" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="B159" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="C159" t="s">
         <v>356</v>
       </c>
       <c r="D159" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="B160" t="s">
-        <v>36</v>
+        <v>358</v>
       </c>
       <c r="C160" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D160" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="B161" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C161" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D161" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="B162" t="s">
-        <v>362</v>
+        <v>40</v>
       </c>
       <c r="C162" t="s">
         <v>363</v>
       </c>
       <c r="D162" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="B163" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C163" t="s">
         <v>365</v>
       </c>
       <c r="D163" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="B164" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="C164" t="s">
         <v>367</v>
       </c>
       <c r="D164" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="B165" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C165" t="s">
         <v>369</v>
       </c>
       <c r="D165" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="B166" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C166" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D166" t="s">
-        <v>340</v>
+        <v>372</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B167" t="s">
-        <v>91</v>
+        <v>373</v>
       </c>
       <c r="C167" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D167" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="B168" t="s">
-        <v>373</v>
+        <v>19</v>
       </c>
       <c r="C168" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D168" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B169" t="s">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="C169" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D169" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B170" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="C170" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D170" t="s">
-        <v>379</v>
+        <v>366</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="B171" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C171" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D171" t="s">
-        <v>381</v>
+        <v>351</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="B172" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="C172" t="s">
         <v>382</v>
       </c>
       <c r="D172" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="B173" t="s">
-        <v>25</v>
+        <v>384</v>
       </c>
       <c r="C173" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D173" t="s">
-        <v>211</v>
+        <v>386</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B174" t="s">
-        <v>286</v>
+        <v>97</v>
       </c>
       <c r="C174" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D174" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B175" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="C175" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D175" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B176" t="s">
-        <v>286</v>
+        <v>19</v>
       </c>
       <c r="C176" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D176" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B177" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="C177" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D177" t="s">
-        <v>331</v>
+        <v>394</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="B178" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C178" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D178" t="s">
-        <v>393</v>
+        <v>219</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B179" t="s">
-        <v>151</v>
+        <v>297</v>
       </c>
       <c r="C179" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D179" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="B180" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="C180" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D180" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B181" t="s">
-        <v>19</v>
+        <v>297</v>
       </c>
       <c r="C181" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D181" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="B182" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="C182" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D182" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B183" t="s">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="C183" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D183" t="s">
-        <v>403</v>
+        <v>342</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="B184" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="C184" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D184" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="B185" t="s">
-        <v>25</v>
+        <v>159</v>
       </c>
       <c r="C185" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D185" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="B186" t="s">
-        <v>36</v>
+        <v>409</v>
       </c>
       <c r="C186" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D186" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="B187" t="s">
-        <v>228</v>
+        <v>22</v>
       </c>
       <c r="C187" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D187" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="B188" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C188" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D188" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B189" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="C189" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D189" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="B190" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="C190" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D190" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="B191" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="C191" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D191" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B192" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="C192" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D192" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B193" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="C193" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D193" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B194" t="s">
-        <v>7</v>
+        <v>236</v>
       </c>
       <c r="C194" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D194" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="B195" t="s">
-        <v>426</v>
+        <v>30</v>
       </c>
       <c r="C195" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D195" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
-        <v>295</v>
+        <v>282</v>
       </c>
       <c r="B196" t="s">
-        <v>429</v>
+        <v>40</v>
       </c>
       <c r="C196" t="s">
         <v>430</v>
       </c>
       <c r="D196" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c r="B197" t="s">
-        <v>25</v>
+        <v>107</v>
       </c>
       <c r="C197" t="s">
         <v>432</v>
       </c>
       <c r="D197" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="B198" t="s">
-        <v>7</v>
+        <v>127</v>
       </c>
       <c r="C198" t="s">
         <v>434</v>
       </c>
       <c r="D198" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="B199" t="s">
-        <v>25</v>
+        <v>107</v>
       </c>
       <c r="C199" t="s">
         <v>436</v>
       </c>
       <c r="D199" t="s">
-        <v>277</v>
+        <v>437</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="B200" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="C200" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D200" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="B201" t="s">
-        <v>373</v>
+        <v>7</v>
       </c>
       <c r="C201" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D201" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="B202" t="s">
-        <v>286</v>
+        <v>442</v>
       </c>
       <c r="C202" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D202" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="B203" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="C203" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D203" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="B204" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="C204" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D204" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B205" t="s">
-        <v>448</v>
+        <v>7</v>
       </c>
       <c r="C205" t="s">
         <v>449</v>
       </c>
       <c r="D205" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="B206" t="s">
+        <v>13</v>
+      </c>
+      <c r="C206" t="s">
         <v>451</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="B207" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="C207" t="s">
+        <v>453</v>
+      </c>
+      <c r="D207" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="B208" t="s">
-        <v>286</v>
+        <v>384</v>
       </c>
       <c r="C208" t="s">
+        <v>455</v>
+      </c>
+      <c r="D208" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="B209" t="s">
+        <v>297</v>
+      </c>
+      <c r="C209" t="s">
+        <v>457</v>
+      </c>
+      <c r="D209" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="B210" t="s">
-        <v>25</v>
+        <v>459</v>
       </c>
       <c r="C210" t="s">
+        <v>460</v>
+      </c>
+      <c r="D210" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="B211" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C211" t="s">
+        <v>462</v>
+      </c>
+      <c r="D211" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="B212" t="s">
-        <v>36</v>
+        <v>464</v>
       </c>
       <c r="C212" t="s">
         <v>465</v>
       </c>
       <c r="D212" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="B213" t="s">
-        <v>13</v>
+        <v>467</v>
       </c>
       <c r="C213" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D213" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="B214" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C214" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D214" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="B215" t="s">
-        <v>25</v>
+        <v>297</v>
       </c>
       <c r="C215" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D215" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="B216" t="s">
-        <v>28</v>
+        <v>474</v>
       </c>
       <c r="C216" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D216" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="B217" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C217" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D217" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="B218" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="C218" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D218" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219">
-        <v>331</v>
+        <v>319</v>
       </c>
       <c r="B219" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="C219" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D219" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220">
-        <v>332</v>
+        <v>320</v>
       </c>
       <c r="B220" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="C220" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D220" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="B221" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="C221" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D221" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="B222" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C222" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D222" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="B223" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="C223" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D223" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224">
-        <v>337</v>
+        <v>325</v>
       </c>
       <c r="B224" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="C224" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D224" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="B225" t="s">
-        <v>491</v>
+        <v>37</v>
       </c>
       <c r="C225" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D225" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="B226" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C226" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D226" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B227" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="C227" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D227" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="B228" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C228" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D228" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="B229" t="s">
-        <v>500</v>
+        <v>97</v>
       </c>
       <c r="C229" t="s">
         <v>501</v>
       </c>
       <c r="D229" t="s">
-        <v>230</v>
+        <v>502</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="B230" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="C230" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D230" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="B231" t="s">
-        <v>28</v>
+        <v>409</v>
       </c>
       <c r="C231" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D231" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B232" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="C232" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D232" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="B233" t="s">
-        <v>13</v>
+        <v>509</v>
       </c>
       <c r="C233" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D233" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="B234" t="s">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="C234" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D234" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="B235" t="s">
-        <v>362</v>
+        <v>97</v>
       </c>
       <c r="C235" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D235" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="B236" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C236" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D236" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="B237" t="s">
-        <v>19</v>
+        <v>518</v>
       </c>
       <c r="C237" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D237" t="s">
-        <v>271</v>
+        <v>520</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="B238" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="C238" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="D238" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="B239" t="s">
-        <v>519</v>
+        <v>19</v>
       </c>
       <c r="C239" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D239" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="B240" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="C240" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D240" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B241" t="s">
-        <v>91</v>
+        <v>139</v>
       </c>
       <c r="C241" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D241" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="B242" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="C242" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D242" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="B243" t="s">
-        <v>33</v>
+        <v>220</v>
       </c>
       <c r="C243" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="D243" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="B244" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="C244" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D244" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="B245" t="s">
-        <v>19</v>
+        <v>373</v>
       </c>
       <c r="C245" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D245" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="B246" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="C246" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D246" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="B247" t="s">
-        <v>536</v>
+        <v>22</v>
       </c>
       <c r="C247" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D247" t="s">
-        <v>538</v>
+        <v>282</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="B248" t="s">
-        <v>539</v>
+        <v>22</v>
       </c>
       <c r="C248" t="s">
         <v>540</v>
       </c>
       <c r="D248" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="B249" t="s">
-        <v>7</v>
+        <v>542</v>
       </c>
       <c r="C249" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D249" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="B250" t="s">
-        <v>133</v>
+        <v>7</v>
       </c>
       <c r="C250" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D250" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="B251" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="C251" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D251" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252">
-        <v>374</v>
+        <v>362</v>
       </c>
       <c r="B252" t="s">
-        <v>334</v>
+        <v>37</v>
       </c>
       <c r="C252" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D252" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253">
-        <v>376</v>
+        <v>363</v>
       </c>
       <c r="B253" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C253" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D253" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254">
-        <v>377</v>
+        <v>364</v>
       </c>
       <c r="B254" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C254" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D254" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255">
-        <v>378</v>
+        <v>365</v>
       </c>
       <c r="B255" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="C255" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D255" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B256" t="s">
-        <v>133</v>
+        <v>97</v>
       </c>
       <c r="C256" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D256" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="B257" t="s">
-        <v>25</v>
+        <v>559</v>
       </c>
       <c r="C257" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D257" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258">
-        <v>382</v>
+        <v>369</v>
       </c>
       <c r="B258" t="s">
-        <v>7</v>
+        <v>562</v>
       </c>
       <c r="C258" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D258" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259">
-        <v>383</v>
+        <v>370</v>
       </c>
       <c r="B259" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="C259" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="D259" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="B260" t="s">
-        <v>73</v>
+        <v>139</v>
       </c>
       <c r="C260" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="D260" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="B261" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C261" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D261" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="B262" t="s">
-        <v>61</v>
+        <v>345</v>
       </c>
       <c r="C262" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D262" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="B263" t="s">
-        <v>36</v>
+        <v>320</v>
       </c>
       <c r="C263" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="D263" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="B264" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="C264" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="D264" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265">
-        <v>391</v>
+        <v>377</v>
       </c>
       <c r="B265" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C265" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D265" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="B266" t="s">
-        <v>7</v>
+        <v>127</v>
       </c>
       <c r="C266" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D266" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267">
-        <v>397</v>
+        <v>380</v>
       </c>
       <c r="B267" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C267" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D267" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="B268" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C268" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="D268" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269">
-        <v>399</v>
+        <v>382</v>
       </c>
       <c r="B269" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="C269" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D269" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="B270" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="C270" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D270" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="B271" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="C271" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D271" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272">
-        <v>402</v>
+        <v>385</v>
       </c>
       <c r="B272" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="C272" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="D272" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="B273" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="C273" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D273" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274">
-        <v>404</v>
+        <v>389</v>
       </c>
       <c r="B274" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="C274" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="D274" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275">
-        <v>405</v>
+        <v>390</v>
       </c>
       <c r="B275" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="C275" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D275" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276">
-        <v>408</v>
+        <v>391</v>
       </c>
       <c r="B276" t="s">
-        <v>7</v>
+        <v>97</v>
       </c>
       <c r="C276" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D276" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277">
-        <v>409</v>
+        <v>396</v>
       </c>
       <c r="B277" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C277" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D277" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278">
-        <v>411</v>
+        <v>397</v>
       </c>
       <c r="B278" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="C278" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D278" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279">
-        <v>412</v>
+        <v>398</v>
       </c>
       <c r="B279" t="s">
-        <v>602</v>
+        <v>40</v>
       </c>
       <c r="C279" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D279" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="B280" t="s">
-        <v>212</v>
+        <v>25</v>
       </c>
       <c r="C280" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D280" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281">
-        <v>418</v>
+        <v>400</v>
       </c>
       <c r="B281" t="s">
-        <v>334</v>
+        <v>25</v>
       </c>
       <c r="C281" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D281" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282">
-        <v>421</v>
+        <v>401</v>
       </c>
       <c r="B282" t="s">
-        <v>609</v>
+        <v>13</v>
       </c>
       <c r="C282" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D282" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283">
-        <v>422</v>
+        <v>402</v>
       </c>
       <c r="B283" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
       <c r="C283" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D283" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284">
-        <v>423</v>
+        <v>403</v>
       </c>
       <c r="B284" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="C284" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D284" t="s">
-        <v>205</v>
+        <v>616</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285">
-        <v>424</v>
+        <v>404</v>
       </c>
       <c r="B285" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="C285" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D285" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286">
-        <v>425</v>
+        <v>405</v>
       </c>
       <c r="B286" t="s">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="C286" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D286" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287">
-        <v>428</v>
+        <v>407</v>
       </c>
       <c r="B287" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C287" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D287" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288">
-        <v>429</v>
+        <v>408</v>
       </c>
       <c r="B288" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C288" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D288" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289">
-        <v>430</v>
+        <v>409</v>
       </c>
       <c r="B289" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="C289" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D289" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290">
-        <v>431</v>
+        <v>411</v>
       </c>
       <c r="B290" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="C290" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D290" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291">
-        <v>433</v>
+        <v>412</v>
       </c>
       <c r="B291" t="s">
-        <v>36</v>
+        <v>629</v>
       </c>
       <c r="C291" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="D291" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292">
-        <v>437</v>
+        <v>414</v>
       </c>
       <c r="B292" t="s">
-        <v>133</v>
+        <v>220</v>
       </c>
       <c r="C292" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D292" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293">
-        <v>438</v>
+        <v>416</v>
       </c>
       <c r="B293" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="C293" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D293" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="B294" t="s">
-        <v>7</v>
+        <v>345</v>
       </c>
       <c r="C294" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="D294" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="B295" t="s">
-        <v>25</v>
+        <v>638</v>
       </c>
       <c r="C295" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="D295" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296">
-        <v>442</v>
+        <v>422</v>
       </c>
       <c r="B296" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="C296" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="D296" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297">
-        <v>443</v>
+        <v>423</v>
       </c>
       <c r="B297" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="C297" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D297" t="s">
-        <v>640</v>
+        <v>213</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298">
-        <v>445</v>
+        <v>424</v>
       </c>
       <c r="B298" t="s">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="C298" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D298" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299">
-        <v>446</v>
+        <v>425</v>
       </c>
       <c r="B299" t="s">
-        <v>7</v>
+        <v>97</v>
       </c>
       <c r="C299" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D299" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="B300" t="s">
         <v>7</v>
       </c>
       <c r="C300" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D300" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301">
-        <v>450</v>
+        <v>428</v>
       </c>
       <c r="B301" t="s">
-        <v>491</v>
+        <v>7</v>
       </c>
       <c r="C301" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D301" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302">
-        <v>451</v>
+        <v>429</v>
       </c>
       <c r="B302" t="s">
-        <v>223</v>
+        <v>16</v>
       </c>
       <c r="C302" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="D302" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="B303" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="C303" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="D303" t="s">
-        <v>298</v>
+        <v>655</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="B304" t="s">
-        <v>16</v>
+        <v>139</v>
       </c>
       <c r="C304" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="D304" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305">
-        <v>454</v>
+        <v>433</v>
       </c>
       <c r="B305" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="C305" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="D305" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306">
-        <v>456</v>
+        <v>437</v>
       </c>
       <c r="B306" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="C306" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D306" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307">
-        <v>458</v>
+        <v>438</v>
       </c>
       <c r="B307" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="C307" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="D307" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308">
-        <v>460</v>
+        <v>439</v>
       </c>
       <c r="B308" t="s">
-        <v>101</v>
+        <v>7</v>
       </c>
       <c r="C308" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D308" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309">
-        <v>461</v>
+        <v>440</v>
       </c>
       <c r="B309" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C309" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="D309" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310">
-        <v>462</v>
+        <v>442</v>
       </c>
       <c r="B310" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C310" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="D310" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311">
-        <v>465</v>
+        <v>443</v>
       </c>
       <c r="B311" t="s">
-        <v>666</v>
+        <v>22</v>
       </c>
       <c r="C311" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D311" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312">
-        <v>466</v>
+        <v>445</v>
       </c>
       <c r="B312" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="C312" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D312" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313">
-        <v>467</v>
+        <v>446</v>
       </c>
       <c r="B313" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C313" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D313" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314">
-        <v>468</v>
+        <v>447</v>
       </c>
       <c r="B314" t="s">
-        <v>286</v>
+        <v>320</v>
       </c>
       <c r="C314" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D314" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="B315" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
       <c r="C315" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D315" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316">
-        <v>471</v>
+        <v>450</v>
       </c>
       <c r="B316" t="s">
-        <v>212</v>
+        <v>509</v>
       </c>
       <c r="C316" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D316" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317">
-        <v>472</v>
+        <v>451</v>
       </c>
       <c r="B317" t="s">
-        <v>19</v>
+        <v>231</v>
       </c>
       <c r="C317" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D317" t="s">
-        <v>359</v>
+        <v>683</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318">
-        <v>474</v>
+        <v>452</v>
       </c>
       <c r="B318" t="s">
-        <v>680</v>
+        <v>19</v>
       </c>
       <c r="C318" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D318" t="s">
-        <v>682</v>
+        <v>309</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319">
-        <v>475</v>
+        <v>453</v>
       </c>
       <c r="B319" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="C319" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D319" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320">
-        <v>476</v>
+        <v>454</v>
       </c>
       <c r="B320" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="C320" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D320" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321">
-        <v>477</v>
+        <v>456</v>
       </c>
       <c r="B321" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C321" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D321" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322">
-        <v>478</v>
+        <v>458</v>
       </c>
       <c r="B322" t="s">
-        <v>121</v>
+        <v>7</v>
       </c>
       <c r="C322" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D322" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323">
-        <v>481</v>
+        <v>460</v>
       </c>
       <c r="B323" t="s">
-        <v>500</v>
+        <v>107</v>
       </c>
       <c r="C323" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D323" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324">
-        <v>484</v>
+        <v>461</v>
       </c>
       <c r="B324" t="s">
-        <v>267</v>
+        <v>57</v>
       </c>
       <c r="C324" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D324" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325">
-        <v>487</v>
+        <v>462</v>
       </c>
       <c r="B325" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="C325" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D325" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326">
-        <v>488</v>
+        <v>465</v>
       </c>
       <c r="B326" t="s">
-        <v>16</v>
+        <v>699</v>
       </c>
       <c r="C326" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D326" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327">
-        <v>489</v>
+        <v>466</v>
       </c>
       <c r="B327" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="C327" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="D327" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328">
-        <v>490</v>
+        <v>467</v>
       </c>
       <c r="B328" t="s">
-        <v>701</v>
+        <v>19</v>
       </c>
       <c r="C328" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="D328" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329">
-        <v>491</v>
+        <v>468</v>
       </c>
       <c r="B329" t="s">
-        <v>704</v>
+        <v>297</v>
       </c>
       <c r="C329" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D329" t="s">
-        <v>298</v>
+        <v>707</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330">
-        <v>492</v>
+        <v>469</v>
       </c>
       <c r="B330" t="s">
-        <v>33</v>
+        <v>638</v>
       </c>
       <c r="C330" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D330" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331">
-        <v>496</v>
+        <v>471</v>
       </c>
       <c r="B331" t="s">
-        <v>36</v>
+        <v>220</v>
       </c>
       <c r="C331" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D331" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332">
-        <v>500</v>
+        <v>472</v>
       </c>
       <c r="B332" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="C332" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D332" t="s">
-        <v>711</v>
+        <v>370</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333">
-        <v>501</v>
+        <v>474</v>
       </c>
       <c r="B333" t="s">
-        <v>362</v>
+        <v>713</v>
       </c>
       <c r="C333" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D333" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334">
-        <v>503</v>
+        <v>475</v>
       </c>
       <c r="B334" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="C334" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="D334" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="B335" t="s">
-        <v>286</v>
+        <v>65</v>
       </c>
       <c r="C335" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D335" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336">
-        <v>505</v>
+        <v>477</v>
       </c>
       <c r="B336" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="C336" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D336" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337">
-        <v>507</v>
+        <v>478</v>
       </c>
       <c r="B337" t="s">
-        <v>720</v>
+        <v>127</v>
       </c>
       <c r="C337" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D337" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338">
-        <v>508</v>
+        <v>481</v>
       </c>
       <c r="B338" t="s">
-        <v>36</v>
+        <v>518</v>
       </c>
       <c r="C338" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D338" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339">
-        <v>509</v>
+        <v>483</v>
       </c>
       <c r="B339" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="C339" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D339" t="s">
-        <v>726</v>
+        <v>403</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340">
-        <v>510</v>
+        <v>484</v>
       </c>
       <c r="B340" t="s">
-        <v>13</v>
+        <v>278</v>
       </c>
       <c r="C340" t="s">
         <v>727</v>
       </c>
       <c r="D340" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341">
-        <v>512</v>
+        <v>487</v>
       </c>
       <c r="B341" t="s">
-        <v>133</v>
+        <v>65</v>
       </c>
       <c r="C341" t="s">
         <v>729</v>
       </c>
       <c r="D341" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342">
-        <v>513</v>
+        <v>488</v>
       </c>
       <c r="B342" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="C342" t="s">
         <v>731</v>
       </c>
       <c r="D342" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343">
-        <v>514</v>
+        <v>489</v>
       </c>
       <c r="B343" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C343" t="s">
         <v>733</v>
       </c>
       <c r="D343" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344">
-        <v>515</v>
+        <v>490</v>
       </c>
       <c r="B344" t="s">
-        <v>19</v>
+        <v>735</v>
       </c>
       <c r="C344" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D344" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345">
-        <v>516</v>
+        <v>491</v>
       </c>
       <c r="B345" t="s">
-        <v>267</v>
+        <v>738</v>
       </c>
       <c r="C345" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D345" t="s">
-        <v>533</v>
+        <v>309</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346">
-        <v>517</v>
+        <v>492</v>
       </c>
       <c r="B346" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C346" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D346" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347">
-        <v>519</v>
+        <v>496</v>
       </c>
       <c r="B347" t="s">
-        <v>740</v>
+        <v>40</v>
       </c>
       <c r="C347" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D347" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348">
-        <v>520</v>
+        <v>500</v>
       </c>
       <c r="B348" t="s">
-        <v>539</v>
+        <v>40</v>
       </c>
       <c r="C348" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D348" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="B349" t="s">
-        <v>13</v>
+        <v>373</v>
       </c>
       <c r="C349" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D349" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350">
-        <v>522</v>
+        <v>503</v>
       </c>
       <c r="B350" t="s">
-        <v>7</v>
+        <v>278</v>
       </c>
       <c r="C350" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D350" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351">
-        <v>523</v>
+        <v>504</v>
       </c>
       <c r="B351" t="s">
-        <v>749</v>
+        <v>297</v>
       </c>
       <c r="C351" t="s">
         <v>750</v>
       </c>
       <c r="D351" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352">
-        <v>524</v>
+        <v>505</v>
       </c>
       <c r="B352" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C352" t="s">
         <v>752</v>
       </c>
       <c r="D352" t="s">
-        <v>170</v>
+        <v>753</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353">
-        <v>525</v>
+        <v>507</v>
       </c>
       <c r="B353" t="s">
-        <v>36</v>
+        <v>754</v>
       </c>
       <c r="C353" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D353" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="B354" t="s">
-        <v>334</v>
+        <v>40</v>
       </c>
       <c r="C354" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D354" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355">
-        <v>531</v>
+        <v>509</v>
       </c>
       <c r="B355" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C355" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D355" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356">
-        <v>532</v>
+        <v>510</v>
       </c>
       <c r="B356" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C356" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D356" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357">
-        <v>533</v>
+        <v>512</v>
       </c>
       <c r="B357" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="C357" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D357" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358">
-        <v>534</v>
+        <v>513</v>
       </c>
       <c r="B358" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="C358" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D358" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359">
-        <v>535</v>
+        <v>514</v>
       </c>
       <c r="B359" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="C359" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D359" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360">
-        <v>538</v>
+        <v>515</v>
       </c>
       <c r="B360" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
       <c r="C360" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D360" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361">
-        <v>541</v>
+        <v>516</v>
       </c>
       <c r="B361" t="s">
-        <v>25</v>
+        <v>278</v>
       </c>
       <c r="C361" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D361" t="s">
-        <v>770</v>
+        <v>556</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362">
-        <v>542</v>
+        <v>517</v>
       </c>
       <c r="B362" t="s">
         <v>13</v>
       </c>
       <c r="C362" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D362" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363">
-        <v>543</v>
+        <v>519</v>
       </c>
       <c r="B363" t="s">
-        <v>28</v>
+        <v>774</v>
       </c>
       <c r="C363" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D363" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364">
-        <v>544</v>
+        <v>520</v>
       </c>
       <c r="B364" t="s">
-        <v>16</v>
+        <v>562</v>
       </c>
       <c r="C364" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D364" t="s">
-        <v>359</v>
+        <v>778</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365">
-        <v>547</v>
+        <v>521</v>
       </c>
       <c r="B365" t="s">
-        <v>776</v>
+        <v>16</v>
       </c>
       <c r="C365" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D365" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366">
-        <v>548</v>
+        <v>522</v>
       </c>
       <c r="B366" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C366" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D366" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367">
-        <v>549</v>
+        <v>523</v>
       </c>
       <c r="B367" t="s">
-        <v>13</v>
+        <v>783</v>
       </c>
       <c r="C367" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="D367" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368">
-        <v>551</v>
+        <v>524</v>
       </c>
       <c r="B368" t="s">
         <v>16</v>
       </c>
       <c r="C368" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D368" t="s">
-        <v>784</v>
+        <v>178</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369">
-        <v>552</v>
+        <v>525</v>
       </c>
       <c r="B369" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="C369" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D369" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370">
-        <v>553</v>
+        <v>526</v>
       </c>
       <c r="B370" t="s">
-        <v>13</v>
+        <v>345</v>
       </c>
       <c r="C370" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D370" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="B371" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C371" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D371" t="s">
-        <v>790</v>
+        <v>622</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372">
-        <v>556</v>
+        <v>531</v>
       </c>
       <c r="B372" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="C372" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D372" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373">
-        <v>557</v>
+        <v>532</v>
       </c>
       <c r="B373" t="s">
-        <v>133</v>
+        <v>16</v>
       </c>
       <c r="C373" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D373" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374">
-        <v>559</v>
+        <v>533</v>
       </c>
       <c r="B374" t="s">
-        <v>4</v>
+        <v>134</v>
       </c>
       <c r="C374" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D374" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375">
-        <v>561</v>
+        <v>534</v>
       </c>
       <c r="B375" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="C375" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D375" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376">
-        <v>562</v>
+        <v>535</v>
       </c>
       <c r="B376" t="s">
-        <v>223</v>
+        <v>65</v>
       </c>
       <c r="C376" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D376" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377">
-        <v>563</v>
+        <v>538</v>
       </c>
       <c r="B377" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="C377" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D377" t="s">
-        <v>450</v>
+        <v>803</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378">
-        <v>564</v>
+        <v>541</v>
       </c>
       <c r="B378" t="s">
-        <v>451</v>
+        <v>13</v>
       </c>
       <c r="C378" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D378" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379">
-        <v>565</v>
+        <v>542</v>
       </c>
       <c r="B379" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C379" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D379" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380">
+        <v>543</v>
+      </c>
+      <c r="B380" t="s">
+        <v>30</v>
+      </c>
+      <c r="C380" t="s">
+        <v>808</v>
+      </c>
+      <c r="D380" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381">
+        <v>544</v>
+      </c>
+      <c r="B381" t="s">
+        <v>19</v>
+      </c>
+      <c r="C381" t="s">
+        <v>810</v>
+      </c>
+      <c r="D381" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382">
+        <v>545</v>
+      </c>
+      <c r="B382" t="s">
+        <v>13</v>
+      </c>
+      <c r="C382" t="s">
+        <v>811</v>
+      </c>
+      <c r="D382" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383">
+        <v>547</v>
+      </c>
+      <c r="B383" t="s">
+        <v>813</v>
+      </c>
+      <c r="C383" t="s">
+        <v>814</v>
+      </c>
+      <c r="D383" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384">
+        <v>548</v>
+      </c>
+      <c r="B384" t="s">
+        <v>16</v>
+      </c>
+      <c r="C384" t="s">
+        <v>816</v>
+      </c>
+      <c r="D384" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385">
+        <v>549</v>
+      </c>
+      <c r="B385" t="s">
+        <v>16</v>
+      </c>
+      <c r="C385" t="s">
+        <v>818</v>
+      </c>
+      <c r="D385" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386">
+        <v>551</v>
+      </c>
+      <c r="B386" t="s">
+        <v>19</v>
+      </c>
+      <c r="C386" t="s">
+        <v>820</v>
+      </c>
+      <c r="D386" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387">
+        <v>552</v>
+      </c>
+      <c r="B387" t="s">
+        <v>57</v>
+      </c>
+      <c r="C387" t="s">
+        <v>822</v>
+      </c>
+      <c r="D387" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388">
+        <v>553</v>
+      </c>
+      <c r="B388" t="s">
+        <v>16</v>
+      </c>
+      <c r="C388" t="s">
+        <v>824</v>
+      </c>
+      <c r="D388" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389">
+        <v>555</v>
+      </c>
+      <c r="B389" t="s">
+        <v>19</v>
+      </c>
+      <c r="C389" t="s">
+        <v>826</v>
+      </c>
+      <c r="D389" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390">
+        <v>556</v>
+      </c>
+      <c r="B390" t="s">
+        <v>159</v>
+      </c>
+      <c r="C390" t="s">
+        <v>828</v>
+      </c>
+      <c r="D390" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391">
+        <v>557</v>
+      </c>
+      <c r="B391" t="s">
+        <v>139</v>
+      </c>
+      <c r="C391" t="s">
+        <v>830</v>
+      </c>
+      <c r="D391" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392">
+        <v>559</v>
+      </c>
+      <c r="B392" t="s">
+        <v>4</v>
+      </c>
+      <c r="C392" t="s">
+        <v>832</v>
+      </c>
+      <c r="D392" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393">
+        <v>561</v>
+      </c>
+      <c r="B393" t="s">
+        <v>65</v>
+      </c>
+      <c r="C393" t="s">
+        <v>834</v>
+      </c>
+      <c r="D393" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394">
+        <v>562</v>
+      </c>
+      <c r="B394" t="s">
+        <v>231</v>
+      </c>
+      <c r="C394" t="s">
+        <v>836</v>
+      </c>
+      <c r="D394" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395">
+        <v>563</v>
+      </c>
+      <c r="B395" t="s">
+        <v>37</v>
+      </c>
+      <c r="C395" t="s">
+        <v>838</v>
+      </c>
+      <c r="D395" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396">
+        <v>564</v>
+      </c>
+      <c r="B396" t="s">
+        <v>467</v>
+      </c>
+      <c r="C396" t="s">
+        <v>839</v>
+      </c>
+      <c r="D396" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397">
+        <v>565</v>
+      </c>
+      <c r="B397" t="s">
+        <v>13</v>
+      </c>
+      <c r="C397" t="s">
+        <v>841</v>
+      </c>
+      <c r="D397" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398">
+        <v>566</v>
+      </c>
+      <c r="B398" t="s">
+        <v>10</v>
+      </c>
+      <c r="C398" t="s">
+        <v>843</v>
+      </c>
+      <c r="D398" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399">
         <v>567</v>
       </c>
-      <c r="B380" t="s">
-[...6 lines deleted...]
-        <v>807</v>
+      <c r="B399" t="s">
+        <v>30</v>
+      </c>
+      <c r="C399" t="s">
+        <v>845</v>
+      </c>
+      <c r="D399" t="s">
+        <v>846</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">